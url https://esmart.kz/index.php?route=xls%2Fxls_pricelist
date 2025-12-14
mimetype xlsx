--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Default" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="827">
   <si>
-    <t>Дата актуальности прайслиста: 23.10.2025</t>
+    <t>Дата актуальности прайслиста: 14.12.2025</t>
   </si>
   <si>
     <t>Прайс-лист товаров</t>
   </si>
   <si>
     <t>г. Алматы ул. Макатаева 117</t>
   </si>
   <si>
     <t>+7 (747) 555 00 46</t>
   </si>
   <si>
     <t>shop@esmart.kz</t>
   </si>
   <si>
     <t>www.esmart.kz</t>
   </si>
   <si>
     <t>изображение</t>
   </si>
   <si>
     <t>наименование</t>
   </si>
   <si>
     <t>цена</t>
   </si>
@@ -462,58 +462,58 @@
   <si>
     <t>Жёсткий диск для ноутбука Seagate HDD 500Gb ST500LM030 2,5" 
  ( Артикул - ST500LM030, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 23553, Объём памяти - 500 GB, Потребление энергии - 1.6 Вт, Скорость вращения шпинделя - 5400 об/мин, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Толщина - 7 мм, Формат HDD - 2,5", Цвет - Серебристый)</t>
   </si>
   <si>
     <t>Твердотельный накопитель SSD Kingston SA400S37/240G  (500/450Мб/с) 
  ( Артикул - SA400S37/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 25, Вес - 0.084кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 885, Контроллер - Phison S3111-S11, Объём памяти - 240 GB, Скорость записи - До 350 Мб/сек, Скорость чтения - до 500 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617261219)</t>
   </si>
   <si>
     <t>Жёсткий диск для ноутбука Western Digital Blue HDD 500Gb WD5000LPCX 2,5" 
  ( Артикул - WD5000LPCX, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 16 Mб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21459, Объём памяти - 500 GB, Потребление энергии - 1.4 Вт - чтение/запись, Рабочая температура - 0 - 65°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 145 Мбайт/с, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Цвет - Серебристый, Штрихкод - WD5000LPCX-22VHAT1)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний Gigabyte GSTFS31256GTND 
  ( Артикул - GPSS1S256-00-G, Базовая единица - шт, Бренд - Gigabyte, В упаковке - 40, Вес - 0.11кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 30401, Объём памяти - 256 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - NAND Flash, Тип упаковки - Цветная коробка, Штрихкод - 4719331804329)</t>
   </si>
   <si>
     <t>Жёсткий диск для видеонаблюдения Western Digital Purple HDD 1Tb WD10PURZ 
  ( Артикул - WD10PURZ, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.64кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21830, Объём памяти - 1 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 5400 об/мин - 7200 об/мин (IntelliPower), Скорость передачи данных - 110 Мб/сек, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - WD10PURZ85U8XYO)</t>
   </si>
   <si>
     <t>Жёсткий диск для ноутбука Seagate HDD 1Tb ST1000LM048 2,5" 
  ( Артикул - ST1000LM048, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 23554, Объём памяти - 1 TB, Потребление энергии - 1.6 Вт, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 140 Мбайт/сек, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Цвет - Серебристый, Штрихкод - ST1000LM048)</t>
   </si>
   <si>
+    <t>Твердотельный накопитель SSD Kingston SUV500M8/240G M.2 SATA (520/500MB/s) 
+ ( Артикул - SUV500M8/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 10, Вес - 0.1кг, Интерфейс - M.2 SATA, Код - 27252, Контроллер - Marvell 88SS1074, Объём памяти - 240 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617274127)</t>
+  </si>
+  <si>
     <t>Твердотельный накопитель SSD Kingston SUV500/240G  (520/500MB/s) 
  ( Артикул - SUV500/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 10, Вес - 0.04кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 26413, Контроллер - Marvell 88SS1074, Объём памяти - 240 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617273809)</t>
   </si>
   <si>
-    <t>Твердотельный накопитель SSD Kingston SUV500M8/240G M.2 SATA (520/500MB/s) 
-[...2 lines deleted...]
-  <si>
     <t>Жёсткий диск для ноутбука Western Digital Blue HDD 1Тb WD10SPZX 2,5" 
  ( Артикул - WD10SPZX, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.45кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 27828, Объём памяти - 1 TB, Потребление энергии - 1.5 Вт, Скорость вращения шпинделя - 5400 об/мин, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Штрихкод - WD10SPZX-21Z10T0)</t>
   </si>
   <si>
     <t>Твердотельный накопитель Samsung  MZ-76E250BW 
  ( Артикул - MZ-76E250BW, Базовая единица - шт, Бренд - Samsung, В упаковке - 10, Вес - 0.1кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 29897, Объём памяти - 500 GB, Скорость записи - до 520 Мб/с, Скорость чтения - до 550 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - 3D TLC, Тип упаковки - Цветная коробка, Форм-фактор - 2.5", Штрихкод - 8806088931814)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний ASRock T-FORCE DELTA PG 250GB 
  ( Артикул - T253PG250G3C313, Базовая единица - шт, Бренд - ASRock, В упаковке - 50, Вес - 0.6кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 28192, Объём памяти - 250 GB, Особенности - RGB подсветка, Скорость записи - до 500 Мб/сек, Скорость чтения - до 560 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - NAND Flash, Тип упаковки - Цветная коробка, Форм-фактор - 2.5", Штрихкод - 765441044371)</t>
   </si>
   <si>
     <t>Жёсткий диск HDD 2Tb Toshiba SATA6Gb/s 7200rpm 64Mb 3,5" HDWD120UZSVA 
  ( Артикул - HDWD120UZSVA, Базовая единица - шт, Бренд - TOSHIBA, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21978, Объём памяти - 2 TB, Потребление энергии - 6.4 Вт, Скорость вращения шпинделя - 7200 оборотов/мин., Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5")</t>
   </si>
   <si>
     <t>Жёсткий диск HDD 2Tb Seagate Barracuda SATA6Gb/s 7200rpm 256Mb 3,5" ST2000DM008 
  ( Артикул - ST2000DM008, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 256 Мб, В упаковке - 20, Вес - 0.63кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 28489, Объём памяти - 2 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 7200 оборотов/мин., Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - ST2000DM008)</t>
   </si>
   <si>
     <t>Жёсткий диск для видеонаблюдения Western Digital Purple HDD 2Tb WD20PURZ 
  ( Артикул - WD20PURZ, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.64кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21820, Объём памяти - 2 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 65°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 145 Мбайт/с, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - WD20PURZ-85GU6Y0)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний Gigabyte GSTFS31480GNTD 
@@ -661,58 +661,58 @@
   <si>
     <t>Компьютерный корпус Thermaltake Versa H17/No Win без Б/П 
  ( Артикул - CA-1J1-00S1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.98кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1, Код - 26083, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - 2 шт, Размер - 390*205*380 мм, Слот для расширения - 4 слота, Стандарт материнской платы - microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246871052)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cougar MX330-G без Б/П 
  ( Артикул - 385NC10.0006, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 6.4кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30082, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Количество отсеков 5.25 - 1 внешний отсек, Размер - 195 x 473 x 427  мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4715302440466)</t>
   </si>
   <si>
     <t>Компьютерный корпус Aerocool SI-5200 Frost без Б/П 
  ( Артикул - ACCM-SI04133.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 5.35кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см FRGB вентилятор x 3, Код - 28972, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 2 внутренних, Размер - 198x430x414 mm, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4718009159402)</t>
   </si>
   <si>
     <t>Компьютерный корпус Aerocool AeroEngine RGB без Б/П 
  ( Артикул - ACCM-PV16013.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 5.9кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см RGB вентилятор x 1, Код - 27606, Количество отсеков 2.5 - 5 (2 преобразуются из 3,5"), Количество отсеков 3.5 - 2 внутренних отсека, Размер - 195 x 471 x 447  мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4718009156371)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa H15 без Б/П 
  ( Артикул - CA-1D4-00S1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 4.55кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1, Код - 26106, Количество отсеков 3.5 - 3 внутренних отсека, Количество отсеков 5.25 - 1 шт, Размер - 378*198*411 мм, Слот для расширения - 4 слота, Стандарт материнской платы - Micro ATX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, Цвет - Чёрный, Штрихкод - 4717964398819)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cougar MX330-G Air без Б/П 
  ( Артикул - 385NC10.0021, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 6.75кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см LED Blue вентилятор x 2; зад.панель: 12см LED BLUE вентилятор х1, Код - 31310, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Количество отсеков 5.25 - 1 внешний отсек, Размер - 195 x 473 x 427  мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4710483770326)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Thermaltake Versa H23 без Б/П 
+ ( Артикул - CA-1B1-00M1NN-01, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.46кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26107, Количество отсеков 3.5 - 3 внутренних отсека, Количество отсеков 5.25 - 3 шт, Размер - 429*209*480 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX / Micro-ATX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, Цвет - Чёрный, Штрихкод - 4717964395023)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Thermaltake Versa H24 без Б/П 
  ( Артикул - CA-1C1-00M1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.46кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26108, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 2 шт, Размер - 429*209*478 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, Цвет - Чёрный, Штрихкод - 4717964397447)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Thermaltake Versa H23 без Б/П 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Cooler Master MasterBox E500L без Б/П 
  ( Артикул - MCB-E500L-KN5N-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 5.26кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29182, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - 1 внешний отсек, Размер - 490*215*426 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512070062)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa H25 без Б/П 
  ( Артикул - CA-1C2-00M1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.46кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26109, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 2 шт, Размер - 429*209*478 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, Цвет - Чёрный, Штрихкод - 4717964397461)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cougar MX410-T без Б/П 
  ( Артикул - 385VM60.0003, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 6.15кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см RGB вентилятор х 1, Код - 32703, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 455x210x380 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4710483770456)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox Lite5 без Б/П 
  ( Артикул - MCW-L5S3-KANN-01, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 6.16кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2. Зад.панель: 12см х 1, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29184, Количество отсеков - 1 SSD, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 468,8х200х454,5 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512059685)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa H21 без Б/П 
  ( Артикул - CA-1B2-00M1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.3кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 27289, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 3 внешних отсека, Размер - 429*209*480 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964394439)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa H22 без Б/П 
  ( Артикул - CA-1B3-00M1NN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.3кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 27858, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 3 внешних отсека, Размер - 429*209*480 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964394453)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MATREXX 55 без Б/П 
@@ -765,82 +765,82 @@
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox MB520 без Б/П 
  ( Артикул - MCB-B520-KANN-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 6.5кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29180, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 496*217*468мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512073469)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MATREXX 50 ADD-RGB 3F без Б/П 
  ( Артикул - DP-ATX-MATREXX50-AR-3F-US, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 9.35кг, Код - 30216, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 442X210X479 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 6933412714033)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MACUBE 310P BK без Б/П 
  ( Артикул - GS-ATX-MACUBE310P-BKG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 10.34кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31548, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 424.6X215X494.6 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714071)</t>
   </si>
   <si>
     <t>Компьютерный корпус Aerocool Klaw без Б/П 
  ( Артикул - ACCM-PB13033.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 8.74кг, Дополнительное охлаждение (предустановленное) - Верхняя .панель: 12 см RGB вентилятор x 2, Зад. панель: 12 см RGB вентилятор, Код - 28971, Количество отсеков 2.5 - 6 внутренних (4 х 2,5 и 2 х 2,5/3,5), Количество отсеков 3.5 - 2 внутренних отсека, Размер - 228x445.5x461 mm, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4718009157194)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master Silencio 352 MATTE (SIL-352M-KKN1) без Б/П 
  ( Артикул - SIL-352M-KKN1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 6.3кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1, Код - 18262, Количество отсеков 2.5 - 4 внутренних (2 из них конвертируются из 3.5"), Количество отсеков 3.5 - 1 внешний отсек, 2 внутренних отсека, Количество отсеков 5.25 - 1 внешний отсек, Модель - Silencio 352  (SIL-352M-KKN1), Размер - 200*378*453 мм, Слот для расширения - 4 слота, Стандарт блока питания - ATX, Стандарт материнской платы - microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, микрофон x 1, Аудио x 1, SD кардридер x 1, Цвет - Чёрный, Штрихкод - 4719512045275)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MACUBE 310P WH без Б/П 
  ( Артикул - GS-ATX-MACUBE310P-WHG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 10.34кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31547, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 424.6X215X494.6 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714064)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Cougar Gemini S Silver без Б/П 
+ ( Артикул - 385BMB0.0002, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 8.7кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3, Верх. панель: 14 см х2/12 см х 3, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30080, Количество отсеков 2.5 - 2+5, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 210 x495x463 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302442507)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Cougar Gemini S Iron Gray без Б/П 
  ( Артикул - 385BMB0.0001, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 8.7кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3, Верх. панель: 14 см х2/12 см х 3, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30079, Количество отсеков 2.5 - 2+5, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 210 x495x463 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302442439)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Cougar Gemini S Silver без Б/П 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Thermaltake View 22 TG без Б/П 
  (  - стильный корпус с боковой панелью из закаленного стекла толщи - Для того, чтобы начинка вашего ПК была видна максимально, левая боковая панель выполнены из закаленного стекла толщиной 4мм. Использование закаленного стекла вместо традиционного пластика, гарантирует более высокую прочностью., Артикул - CA-1J3-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В случае, когда требуется максимум места в корпусе для установки - Структура корпуса View 22 Tempered Glass Edition рассчитана таким образом, чтобы максимально быстро отводить тепло с комплектующих ПК и штатно комплектуется вентилятором 120мм работающим на отток. Опционально можно установить до 2-х вентиляторов 140мм на передней панели и одного радиатора размером 360мм. Это позволяет собрать высокопроизводительные игровые или рабочие станции класса Hi-End., В упаковке - 1, Вес - 8.996кг, Встроенные вентиляторы - 1 x 120x120 мм, Габариты (ШхВхГ) - 223x467x491 мм, Код - 26093, Максимальная высота процессорного кулера - 160 мм, Максимальная длина видеокарты - 400 мм, Места для доп. вентиляторов - 4 x 140x140 мм, Механизм открывания - снимаются две стенки, Передняя дверь - есть, Передняя панель View 22 Tempered Glass Edition имеет изогнутую ф - Корпус имеет встроенный кожух для БП, в котором достаточно места, не только для укладки кабелей, но и чтобы спрятать неиспользуемые. Кроме того, такое решение придает аккуратный вид вашей сборке и улучшает вентиляцию., Расположение блока питания - горизонтальное, Слот для расширения - 7 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 2, Штрихкод - 4711246870925)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa N27 без Б/П 
  ( Артикул - CA-1H6-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 6.11кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26088, Количество отсеков 2.5 - 1 внутренний, Количество отсеков 3.5 - 3 внутренних, Размер - 502*201*473 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4717964407320)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Thermaltake Versa J23 TG без Б/П 
+ ( Артикул - CA-1L6-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 9.62кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26101, Количество отсеков 3.5 - 2 внутренних, Размер - 447*205*455 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874282)</t>
+  </si>
+  <si>
+    <t>Компьютерный корпус Thermaltake Versa J22 TG без Б/П 
+ ( Артикул - CA-1L5-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 9.23кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26100, Количество отсеков 3.5 - 2 внутренних, Размер - 447*205*455 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874275)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Thermaltake Versa J25 TG без Б/П 
  ( Артикул - CA-1L8-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.06кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26103, Количество отсеков 3.5 - 3 внутренних, Размер - 461*206*402 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874305)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa J24 TG без Б/П 
  ( Артикул - CA-1L7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.06кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26102, Количество отсеков 3.5 - 3 внутренних, Размер - 462*206*414 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874299)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Thermaltake Versa J23 TG без Б/П 
-[...6 lines deleted...]
-  <si>
     <t>Компьютерный корпус Aerocool NightHawk Duo без Б/П 
  ( Артикул - ACCM-PB20033.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 7.9кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см Duo Fan вентилятор х 2; зад.панель: 12 см Duo Fan вентилятор x 1, Код - 30225, Количество отсеков 2.5 - 4 внутренних (2 из них конвертируются из 3.5"), Количество отсеков 3.5 - 2 внутренних отсека (1 х 3,5 и 1 х 2,5/3,5), Размер - 219x480x485 mm, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4710562752458)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 27 без Б/П 
  ( Артикул - CA-1G7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.32кг, Встроенные вентиляторы - 1 x 120x120 мм, Габариты (ШхВхГ) - 201x508x479 мм, Код - 26094, Максимальная высота процессорного кулера - 155 мм, Максимальная длина видеокарты - 410 мм, Места для доп. вентиляторов - 4 x 120x120 мм, Механизм открывания - снимаются две стенки, Расположение блока питания - горизонтальное, Слот для расширения - 10 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 2, Штрихкод - 4717964405388)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox E500 без Б/П 
  ( Артикул - MCB-E500-KG5N-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 8.27кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29181, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - 1 внешний отсек, Размер - 482*218*485 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512077726)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Core V21 без Б/П 
  ( Артикул - CA-1D5-00S1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.5кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см вентилятор х 1, Код - 27813, Количество отсеков 3.5 - 3 внутренних, Размер - 336*320*424 мм, Слот для расширения - 5 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964400192)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool EARLKASE RGB V2 без Б/П 
  ( Артикул - EARLKASE RGB V2, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 9.98кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 25117, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 500*203,5*510,5 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX / Micro-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрно-Серый, Штрихкод - 6933412713593)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MATREXX 55 MESH ADD-RGB 4F без Б/П 
  ( Артикул - DP-ATX-MATREXX55-MESH-AR-4F, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 8.33кг, Дополнительное охлаждение (опция) - Фронт.панель: 14 см вент. х 3. Верх. панель: 12см/14см вент. х 3., Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см ARGB вентилятор x 3, Зад, панель : 12 см ARGB вентилятор х 1, Код - 32817, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 440X210X480 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714149)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool EARLKASE RGB WH без Б/П 
@@ -905,58 +905,58 @@
   <si>
     <t>Компьютерный корпус Bequiet! Pure Base 600 Window Orange 
  ( 1 - Габариты (ШхВхГ), 1 x 120x120 мм, 1 x 140x140 мм - Места для доп. вентиляторов, 165 мм - Максимальная длина видеокарты, 220x470x492 мм - Типоразмер, 3 - Механизм открывания, 3 x 140x140 мм - Расположение блока питания, 3 года - , 30034 - Базовая единица, 425 мм - Материал корпуса, 4260052185438 - Гарантия, 7 слотов - Форм-фактор, 9.51кг - Штрихкод, ATX, mATX, EATX, Mini-ITX - Вес, Bequiet! - Артикул, BGW20 - Код, midi-tower - Максимальная высота процессорного кулера, WINDOW ORANGE - Бренд, горизонтальное - Слот для расширения, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox Pro 5 RGB без Б/П 
  ( Артикул - MCY-B5P2-KWGN-02, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10.42кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2. Зад.панель: 12см х 1, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см RGB вентилятор x 3; зад.панель: 12см  вентилятор х1, Код - 29177, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 500х223х475 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512068939)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa C23 RGB Black без Б/П 
  ( Артикул - CA-1H7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 5.98кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1, Код - 26081, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Размер - 510*200*508 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4717964409904)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MACUBE 550 BK без Б/П 
  ( Артикул - GS-ATX-MACUBE550-BKG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 13.5кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31550, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 4 внутренних отсека, Размер - 526X241X520 мм, Слот для расширения - 8+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412713838)</t>
   </si>
   <si>
     <t>Компьютерный корпус Bequiet! Pure Base 600 Window Black 
  ( 1 - Габариты (ШхВхГ), 1 x 120x120 мм, 1 x 140x140 мм - Места для доп. вентиляторов, 165 мм - Максимальная длина видеокарты, 220x470x492 мм - Типоразмер, 3 - Механизм открывания, 3 x 140x140 мм - Расположение блока питания, 3 года - , 30035 - Базовая единица, 425 мм - Материал корпуса, 4260052185445 - Гарантия, 7 слотов - Форм-фактор, 9.58кг - Штрихкод, ATX, mATX, EATX, Mini-ITX - Вес, Bequiet! - Артикул, BGW21 - Код, midi-tower - Максимальная высота процессорного кулера, WINDOW BLACK - Бренд, горизонтальное - Слот для расширения, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 28 RGB Riing Edition без Б/П 
  ( Thermaltake представляет новый дизайн корпуса с боковой панель в - В отличии от других корпусов на рынке, View 28 RGB имеет увеличенную боковую панель с загнутым окошком. Это позволяет лучше разглядеть всю красоту «железа» вашего ПК. Теперь начинка вашего компьютера будет видна и радовать глаз с любого ракурса., Артикул - CA-1H2-00M1WN-01, Базовая единица - шт, Бренд - Thermaltake, В верхней части передней панели View 28 RGB имеется совершенно н - View 28 RGB имеет достаточно места внутри для установки материнских плат с форм фактором вплоть до ATX, двух видеокарт длиной до 410мм (без установки фронтальных вентиляторов) и процессорного кулера высотой до 155мм. Кроме того корпус имеет встроенный кожух для БП, в котором достаточно места, чтобы спрятать неиспользуемые кабеля, В упаковке - 1, Вес - 8.1кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 28742, Количество отсеков 3.5 - 2 внутренних, Размер - 505 x 200 x 493 мм, Слот для расширения - 10, Стандарт материнской платы - Micro-ATX, Mini-ITX, Standard-ATX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4717964407948)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Cooler Master CM 690 III Green  (CMS-693-GWN1) без Б/П 
+ ( Артикул - CMS-693-GWN1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10.11кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см вентилятор х 1; верх.панель: 12 см вентилятор x 1, Код - 18258, Количество отсеков 2.5 - 10 внутренних, Количество отсеков 3.5 - 7 внутренних отсеков, Количество отсеков 5.25 - 3 внешних отсека, Модель - CM 690 III (CMS-693-GWN1), Размер - 230х507х502 мм, Слот для расширения - 7+1 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX / Micro-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512047392)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Cooler Master CM 690 III (CMS-693-KWN1) без Б/П 
  ( Артикул - CMS-693-KWN1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10.2кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см вентилятор х 1; верх.панель: 12 см вентилятор x 1, Код - 14882, Количество отсеков 2.5 - 10 внутренних, Количество отсеков 3.5 - 7 внутренних отсеков, Количество отсеков 5.25 - 3 внешних отсека, Модель - CM 690 III (CMS-693-KWN1), Размер - 230х507х502 мм, Слот для расширения - 7+1 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX / Micro-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512044872)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Cooler Master CM 690 III Green  (CMS-693-GWN1) без Б/П 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Deepcool MACUBE 550 WH без Б/П 
  ( Артикул - GS-ATX-MACUBE550-WHG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 13.5кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31549, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 4 внутренних отсека, Размер - 526X241X520 мм, Слот для расширения - 8+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412713821)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Core X31 без Б/П 
  ( Артикул - CA-1E9-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 11.05кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1; зад.панель: 12 см вентилятор x 1, Код - 26077, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 2 шт, Размер - 497*250*511 мм, Слот для расширения - 8 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964402677)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Suppressor F31 TG Series без Б/П 
  ( Артикул - CA-1E3-00M1WN-03, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 13.78кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 14 см вентилятор x 1; зад: 14 см Riing LED Blue вентилятор x 1, Код - 26078, Количество отсеков 3.5 - 3 внутренних, Количество отсеков 5.25 - 2 шт, Размер - 497*250*515 мм, Слот для расширения - 8 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964406545)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 31 без Б/П 
  ( Артикул - CA-1H8-00M1WN-00, Аудио разъемы - микрофонный вход (jack 3.5), Базовая единица - шт, Безвинтовое крепление в отсеках 3,5" - нет, Безвинтовое крепление в слотах - нет, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Встроенный БП - нет, Встроенный карт-ридер - нет, Высота (мм) - 497, Длина (мм) - 511, Док-станция для HDD/SSD - нет, Дополнительные цвета - чёрный, Код - 26096, Количество и тип USB портов - USB 3.0 x 2, Наличие окна на боковой стенке - нет, Основной цвет - чёрный, Положение корзин накопителей - поперёк корпуса, Размещение блока питания - нижнее, Типоразмер корпуса - Midi-Tower, Форм-фактор совместимых плат - Standard-ATX, Цвет подсветки - синяя, Ширина (мм) - 250, Штрихкод - 4717964407313)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Commander C31 TG ARGB без Б/П 
  ( Артикул - CA-1N2-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Встроенные вентиляторы - 1 x 120x120 мм, 2 x 200x200 мм, Габариты (ШхВхГ) - 233x462x507 мм, Код - 27291, Максимальная высота процессорного кулера - 180 мм, Максимальная длина видеокарты - 410 мм, Места для доп. вентиляторов - 2 x 140x140 мм, Механизм открывания - снимаются две стенки, Расположение блока питания - горизонтальное, Слот для расширения - 9 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 3, Штрихкод - 4713227520485)</t>
   </si>
   <si>
     <t>Компьютерный корпус Gigabyte GB-AC300W V2 без Б/П 
  ( Артикул - GB-AC300W V2, Базовая единица - шт, Бренд - Gigabyte, В упаковке - 1, Вес - 8.7кг, Дополнительное охлаждение - Фронт.панель: 12 см x 1 вентилятор; зад.панель: 12 см x 1 вентилятор, Код - 25289, Количество отсеков 2.5 - 5 (2 преобразуются из 3,5"), Количество отсеков 3.5 - 2 внутренних отсека, Материал - Металл, пластик, Подсветка - RGB с настройкой 16,8 млн. оттенков, Размер - 498*205*477 мм, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB Type-C x 1, HDMI x 1, микрофон x 1, HD аудио, Цвет - Чёрный, Штрихкод - 4719331550707)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Level 20 VT без Б/П 
@@ -969,58 +969,58 @@
   <si>
     <t>Компьютерный корпус Cougar Dark Blader-G без Б/П 
  ( Артикул - 3858M30.0002, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 16.14кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 3. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31312, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 4 внутренних отсека, Размер - 232х523х518 мм, Слот для расширения - 8+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302444983)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cougar PANZER MAX-G без Б/П 
  ( Артикул - 106AMK0001-01/106AMK0015-00, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 14.24кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 3. Верх. панель: 12 см х 3 / 140 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30081, Количество отсеков 2.5 - 2+4, Количество отсеков 3.5 - 2 внутренних отсека, Количество отсеков 5.25 - 2 внешних отсека, Размер - 266 x 612 x 556  мм, Слот для расширения - 8 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, регулятор скорости вращения, Цвет - Чёрный, Штрихкод - 4715302442965)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 37 без Б/П 
  ( 1 - Габариты (ШхВхГ), 1 год - , 10 слотов - Форм-фактор, 12.87кг - Штрихкод, 180 мм - Максимальная длина видеокарты, 26099 - Базовая единица, 261x525x538 мм - Возможность установки системы жидкостного охлаждения, 3 - Механизм открывания, 3 x 140x140 мм - Расположение блока питания, 410 мм - Материал корпуса, 4711246871342 - Гарантия, &lt;span&gt;Опционально возможна установка дополнительных двух вентиля - View 37 имеет прозрачную боковую панель в виде «крыла чайки». Теперь начинка вашего компьютера будет видна и радовать глаз с любого ракурса., ATX, mATX, EATX, Mini-ITX - Вес, CA-1J7-00M1WN-00 - Код, midi-tower - Максимальная высота процессорного кулера, Thermaltake - Артикул, горизонтальное - Слот для расширения, Для лучшего отвода тепла со всех компонентов компьютера, в корпу - Бренд, есть - Типоразмер, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
     <t>Компьютерный корпус Aerocool Xpredator II Black без Б/П 
  ( Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 15кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 14 см LED вентилятор x 2; верх.панель: 14 см вентилятор x 2; зад: 14 см вентилятор x 1, Код - 20891, Количество отсеков 2.5 - 8 (преобразуются из 3,5"), Количество отсеков 3.5 - 8 внутренних отсеков, Количество отсеков 5.25 - 3 внешних отсека, Размер - 559х232х595 мм, Слот для расширения - 10 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX / XL-ATX /ATX / Micro-ATX /Mini-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 4, HD Audio, регулятор скорости вращения х 2,  док-станция для SATA-накоп., Цвет - Чёрный, Штрихкод - 4713105958164)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Commander C32 TG ARGB без Б/П 
  ( Артикул - CA-1N3-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В корпусе штатно предустановлены два вентилятора 200мм с адресно - Управление вентиляторами осуществляется простым контроллером, встроенным в блок интерфейсов ввод/вывода, имеющим 7 различных режимов подсветки. При желании управление подсветкой можно предоставить материнской плате. При долгом нажатие кнопки RGB(3 сек.) вентиляторы мигнут два раза и произойдет переключение управления подсветкой с контроллера на материнскую плату. Для возврата, повторите процедуру., В упаковке - 1, Вес - 12.87кг, Встроенные вентиляторы - 1 x 120x120 мм, 2 x 200x200 мм, Габариты (ШхВхГ) - 233x462x507 мм, Для лучшего отвода тепла со всех компонентов компьютера, в корпу - На верхней панели расположены два порта USB 3.0, аудио разъемы и кнопка переключения работы RGB подсветки двух вентиляторов с адресными светодиодами., Для того, чтобы начинка вашего ПК была лучше видна, левая бокова - Корпуса серии Commander C имеют достаточно места внутри для установки начинки класса hi-end. Он может вместить процессорный кулер высотой до 180мм, видеокарты длиной до 310 мм, даже при наличии резервуара для системы жидкостного охлаждения и блок питания длиной до 200 мм., Код - 27293, Максимальная высота процессорного кулера - 180 мм, Максимальная длина видеокарты - 410 мм, Места для доп. вентиляторов - 2 x 140x140 мм, Механизм открывания - снимаются две стенки, Подсветку можно синхронизировать с подсветкой материнских плат,  - Передняя панель корпуса выполнена в стиле легендарного корпуса Xaser VI и имеет перфорированный металлический каркас, что положительно сказывается на качестве продуваемости. Такое решение делает данный корпус идеальным выбором для компьютерных энтузиастов и геймеров., Расположение блока питания - горизонтальное, Серия Commander C оснащается новейшей удобной системой крепления - Корпус комплектуется специальным кожухом для блока питания. Это позволит улучшить вентиляцию внутри корпуса и спрятать неиспользуемые кабели от блока питания. Таким образом, интерьер вашего ПК будет выглядеть максимально аккуратно., Слот для расширения - 9 слотов, Специальным сертификатом соответствия Tt LCS удостаиваются тольк - Наличие сертификата Tt LCS означает, что продукт готов к работе в системе жидкостного охлаждения, от начального уровня (системы типа: все в одном) до сложных компонентных систем (все компоненты приобретаются отдельно по усмотрению пользователя). Продукция с сертификатом Tt LCS выбор истинного энтузиаста., Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 3, Штрихкод - 4713227520508)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox MB530P без Б/П 
  ( Артикул - MCB-B530P-KHNN-S01, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см RGB вентилятор x 3; зад.панель: 12см  вентилятор х1, Код - 29179, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 489х229х469 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512074640)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Bequiet! Silent Base 601 Orange 
+ ( 1 - Габариты (ШхВхГ), 12.57кг - Штрихкод, 185 мм - Максимальная длина видеокарты, 2 x 140x140 мм - Места для доп. вентиляторов, 240x514x532 мм - Типоразмер, 3 - Механизм открывания, 3 года - , 30030 - Базовая единица, 4260052186992 - Гарантия, 449 мм - Материал корпуса, 6 x 140x140 мм - Расположение блока питания, 9 слотов - Форм-фактор, ATX, mATX, EATX, Mini-ITX - Вес, Bequiet! - Артикул, BG025 - Код, midi-tower - Максимальная высота процессорного кулера, ORANGE - Бренд, горизонтальное - Слот для расширения, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Bequiet! Silent Base 601 Black 
  ( 1 - Габариты (ШхВхГ), 12.18кг - Штрихкод, 185 мм - Максимальная длина видеокарты, 240x514x532 мм - Типоразмер, 3 - Механизм открывания, 3 x 140x140 мм - Места для доп. вентиляторов, 3 года - , 30031 - Базовая единица, 4260052187111 - Гарантия, 449 мм - Материал корпуса, 6 x 140x140 мм - Расположение блока питания, 9 слотов - Форм-фактор, ATX, mATX, EATX, Mini-ITX - Вес, Bequiet! - Артикул, BG026 - Код, BLACK - Бренд, midi-tower - Максимальная высота процессорного кулера, внизу - Слот для расширения, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Bequiet! Silent Base 601 Orange 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Thermaltake Commander C31 TG Snow ARGB без Б/П 
  ( Артикул - CA-1N2-00M6WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Код - 27292, Штрихкод - 4713227520492)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cougar Gemini T без Б/П 
  ( Артикул - 106KMT0004-01, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 12.74кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 14 см х2/12 см х 2, Боковая панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1; зад.панель: 12 см вентилятор x 1, Код - 30078, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 227х535х527 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.1 x 1, USB 3.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302441876)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Core P3 без Б/П 
  ( Артикул - CA-1G4-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 15.99кг, Код - 26075, Размер - 512*333*470 мм, Стандарт материнской платы - ATX / Micro-ATX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964405050)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterCase H500 Iron Grey без Б/П 
  ( Артикул - MCM-H500-IGNN-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10.72кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см/14 /20см х 2. Верх. панель: 12см/14см х 2 / 20см х 1, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см RGB вентилятор х 2, зад панель: 12 см  вентилятов х 1, Код - 29175, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 450х220х445 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, Аудио x 1, LED Control, Цвет - Чёрный, Штрихкод - 4719512072172)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 31 TG RGB без Б/П 
  ( Артикул - CA-1H8-00M1WN-01, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Встроенные вентиляторы - 3 x 140x140 мм, Габариты (ШхВхГ) - 250x497x511 мм, Код - 26097, Корпус View 31 TG RGB Tempered Glass Mid-Tower Chassis имеет две - Для того, чтобы начинка вашего ПК была видна максимально, левая и правая боковые панели выполнены из закаленного стекла толщиной 4мм. Использование закаленного стекла вместо традиционного пластика, гарантирует более высокую прочностью., Максимальная высота процессорного кулера - 180 мм, Максимальная длина видеокарты - 420 мм, Места для доп. вентиляторов - 2 x 140x140 мм, 2 x 200x200 мм, Механизм открывания - снимаются две стенки, При желании, видеокарту можно установить лицом к боковой панели  - Для зашиты от пыли используются специальные пылевые фильтры, которые легко снять и почистить. На верхней панели пылевой фильтр крепится с помощью магнитной ленты, что обеспечивает равномерное и плотное прилегание. Нижний фильтр тонкой очистки призван уменьшить проникновение мелкой пыли внутрь корпуса., Расположение блока питания - горизонтальное, Слот для расширения - 10 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 3, Штрихкод - 4717964407832)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterCase MC600P без Б/П 
  ( Артикул - MCM-M600P-KG5N-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 15.76кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 3. Верх. панель: 12см/14см вент. х 2. Зад.панель: 12см/14см вент., Дополнительное охлаждение (предустановленное) - Фронт.панель: 14 см вентилятор x 2; зад: 14 см вентилятор x 1, Код - 29176, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 4, 8 или 10 (2.5"/3,5"), Количество отсеков 5.25 - 2 внешних отсека, Размер - 544х235х548 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512065556)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 32 TG RGB без Б/П 
@@ -2549,82 +2549,82 @@
   </si>
   <si>
     <t>Мыши</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-110OUB 
  ( Артикул - XM-110OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 136, Вес - 0.067кг, Длина кабеля - 1,1 м, Интерфейс подключения - USB, Код - 12387, Количество кнопок - 2 + колесо прокрутки, Модель - XM-110OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902205140007)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-880OUB 
  ( Артикул - XM-880OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 150, Вес - 0.08кг, Длина кабеля - 150 mm, Интерфейс подключения - USB, Код - 29843, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6901608190008)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-770OUB 
  ( Артикул - XM-770OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.096кг, Длина кабеля - 140 mm, Интерфейс подключения - USB, Код - 26134, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Сделано в Китае, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902809180010)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUP 
  ( Артикул - DLM-111OUP, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.203кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2392, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUP, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Розовый, Штрихкод - 6938820401346)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-136OUB 
  ( Артикул - Delux DLM-136OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 60, Вес - 0.097кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 19832, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6900504201726)</t>
   </si>
   <si>
+    <t>Компьютерная мышь Delux DLM-111OUY 
+ ( Артикул - DLM-111OUY, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.239кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2407, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUY, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Жёлтый, Штрихкод - 6938820401285)</t>
+  </si>
+  <si>
+    <t>Компьютерная мышь Delux DLM-111OUI 
+ ( Артикул - DLM-111OUI, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.155кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 8401, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUI, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт IPhone, Штрихкод - 6900504137711)</t>
+  </si>
+  <si>
+    <t>Компьютерная мышь Delux DLM-111OUA 
+ ( Артикул - DLM-111OUA, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.18кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 5568, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUA, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Angry Birds, Штрихкод - 6938820401858)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь X-Game CM-01OUS 
  ( Артикул - CM-01OUS, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.13кг, Интерфейс подключения - USB 2.0, Код - 5141, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Серебристый, Штрихкод - 6912032012002)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUL 
  ( Артикул - DLM-111OUL, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.2кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 6102, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUL, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Принт Леопард, Штрихкод - 6938820401933)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game HM-01OUR 
  ( Артикул - HM-01OUR, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Интерфейс подключения - USB 2.0, Код - 5137, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Красный, Штрихкод - 6907022012001)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Delux DLM-111OUY 
-[...8 lines deleted...]
- ( Артикул - DLM-111OUA, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.18кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 5568, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUA, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Angry Birds, Штрихкод - 6938820401858)</t>
+    <t>Компьютерная мышь Delux DLM-111OUB 
+ ( Артикул - DLM-111OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.203кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2384, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401230)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-200OUB 
  ( Артикул - XM-200OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Длина кабеля - 1.3 метра, Интерфейс подключения - USB, Код - 8849, Количество кнопок - 5 + колесо прокрутки, Модель - XM-200OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800-1000-1200-1600dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902307250017)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Delux DLM-111OUB 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерная мышь Delux DLM-109OUB 
  ( Артикул - DLM-109OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.136кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 19833, Количество кнопок - 2 + колесо прокрутки, Модель - LM-109OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6900504201702)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUW 
  ( Артикул - DLM-111OUW, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.177кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2383, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUW, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Белый, Штрихкод - 6938820400974)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-400OUB 
  ( Артикул - XM-400OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Длина шнура - 1.3 метра, Интерфейс подключения - USB, Код - 8851, Количество кнопок - 3+ кнопка выбора DPI, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800-1000-1600-2400dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902307250031)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game CM-03OUBl 
  ( Артикул - CM-03OUBl, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.12кг, Интерфейс подключения - USB 2.0, Код - 5143, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Синий, Штрихкод - 6906032012001)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game CM-02OUR 
  ( Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.12кг, Интерфейс подключения - USB 2.0, Код - 5142, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Красный, Штрихкод - 6906032012025)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUC 
  ( Артикул - DLM-111OUC, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.183кг, Интерфейс подключения - USB, Код - 6101, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Тип упаковки - Цветная коробка, Цвет - Принт Крокодил, Штрихкод - 6938820401940)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUD 
@@ -2681,70 +2681,70 @@
   <si>
     <t>Компьютерная мышь E-Blue Extency EMS104YE 
  ( Артикул - EMS104YE, Базовая единица - шт, Бренд - E-Blue, В упаковке - 60, Вес - 0.116кг, Длина кабеля - 0.6 метра, Интерфейс подключения - USB 2.0, Кабель - Складной, Код - 9629, Количество кнопок - 2 + колесо прокрутки, Модель - EMS104YE, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Жёлтый, Штрихкод - 9897005983916)</t>
   </si>
   <si>
     <t>Компьютерная мышь E-Blue Extency EMS104RE RК Красный 
  ( Артикул - EMS104RE, Базовая единица - шт, Бренд - E-Blue, В упаковке - 60, Вес - 0.116кг, Длина кабеля - 0.6 метра, Интерфейс подключения - USB 2.0, Кабель - Складной, Код - 9628, Количество кнопок - 2 + колесо прокрутки, Модель - EMS104RE, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Красный, Штрихкод - 9897005983923)</t>
   </si>
   <si>
     <t>Компьютерная мышь Rapoo N100 Чёрный 
  ( Артикул - N100, Базовая единица - шт, Бренд - Rapoo, В упаковке - 45, Вес - 0.129кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 27783, Количество кнопок - 2 + колесо прокрутки, Модель - Rapoo N100, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1600dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Сделано в Китае, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6940056180506)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-391OUB 
  ( Артикул - DLM-391OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.183кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 4129, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Чёрный, Штрихкод - 6938820401636)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-388OUB 
  ( Артикул - DLM-388OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 60, Вес - 0.16кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2503, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401148)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-137OUB 
  ( Артикул - DLM-137OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.154кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB 2.0, Код - 9598, Модель - DLM-137OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Чёрный с оранжевыми вставками, Штрихкод - 6938820403012)</t>
   </si>
   <si>
+    <t>Компьютерная мышь Genius DX-110 Green 
+ ( Артикул - DX-110, USB Green, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30913, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Зеленый, Штрихкод - 4710268251514)</t>
+  </si>
+  <si>
+    <t>Компьютерная мышь Genius DX-110 Black 
+ ( Артикул - DX-110, USB Black, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30909, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251477)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь Genius DX-110 Red 
  ( Артикул - DX-110, USB Red, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30912, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Красный, Штрихкод - 4710268251507)</t>
   </si>
   <si>
     <t>Компьютерная мышь Genius DX-110 White 
  ( Артикул - DX-110, USB White, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.108кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30910, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Белый, Штрихкод - 4710268251484)</t>
   </si>
   <si>
     <t>Компьютерная мышь Genius DX-110 Blue 
  ( Артикул - DX-110, USB Blue, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30911, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Голубой, Штрихкод - 4710268251491)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Genius DX-110 Green 
-[...6 lines deleted...]
-  <si>
     <t>Компьютерная мышь Delux DLM-377OUS 
  ( Артикул - DLM-377OUS, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.163кг, Код - 2502, Штрихкод - 6938820401155)</t>
   </si>
   <si>
     <t>Компьютерная мышь Genius DX-130 Black 
  ( Артикул - DX-130, USB Black, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.114кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30915, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251545)</t>
   </si>
   <si>
     <t>Компьютерная мышь Genius DX-125 Black 
  ( Артикул - DX-125, USB Black, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30914, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251026)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-133OUB 
  ( Артикул - DLM-133OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.15кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB 2.0, Код - 9597, Модель - DLM-133OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Чёрно-Зелёный, Штрихкод - 6938820402985)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-621OUB 
  ( Артикул - DLM-621OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.222кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 27792, Количество кнопок - 5 + колесо прокрутки, Модель - DLM-621OUB, Поддерживаемые ОС - Windows 2000/XP/Vista/7/8/10, Разрешение - 1000-1600dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902501190010)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-123OUB 
  ( Артикул - DLM-123OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.145кг, Интерфейс подключения - USB 2.0, Код - 9599, Модель - DLM-123OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Блистер, Цвет - Чёрный, Штрихкод - 6938820401728)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-122OUW 
@@ -3022,88 +3022,88 @@
   <si>
     <t>Коврик для компьютерной мыши Deepcool E-PAD Plus 
  ( Артикул - E-PAD Plus, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.66кг, Код - 18994, Размер - 800*400*4 мм, Цвет - Чёрно-Зелёный, Штрихкод - 6933412795735)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Sphex V2 Mini 
  ( Артикул - RZ02-01940200-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 100, Вес - 0.11кг, Код - 24126, Размер - 270*215*0,5мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317593)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Small 
  ( Артикул - RZ02-01910100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.265кг, Игровой - есть, Код - 24125, Материал основания - резина, Материал покрытия - ткань, Размер - 215*270*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317388)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK 
  ( Артикул - QcK, Базовая единица - шт, Бренд - Steelseries, В упаковке - 50, Вес - 1.94кг, Длина - 270 мм, Игровой - есть, Код - 23252, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 2 мм, Цвет - ченрный, Штрихкод - 5707119001779, Ширина - 320 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Edge - M 
  ( Артикул - QcK Edge - M, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.333кг, Код - 32060, Покрытие - Микроволокновая ткань, Размер - 320*270*2 мм, Штрихкод - 5707119036733)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Genius GX-Speed P100 
  ( Артикул - GX-Speed P100, Базовая единица - шт, Бренд - Genius, В упаковке - 40, Вес - 0.217кг, Код - 30896, Покрытие - Ткань, Размер - 3*335*254, Страна производства - Китай, Цвет - Чёрный, Штрихкод - 4710268250265)</t>
   </si>
   <si>
+    <t>Коврик для компьютерной мыши HyperX Pro Gaming (Large) HX-MPFS-L 
+ ( Артикул - HX-MPFS-L, Базовая единица - шт, Бренд - HyperX, В упаковке - 25, Вес - 0.584кг, Код - 21298, Размер - 450*400*4 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617267075)</t>
+  </si>
+  <si>
     <t>Коврик для компьютерной мыши HyperX Pro Gaming Speed Edition (Large) HX-MPFS-S-L 
  ( Артикул - HX-MPFS-S-L, Базовая единица - шт, Бренд - HyperX, В упаковке - 25, Вес - 0.593кг, Код - 25403, Размер - 450*400*3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617274455)</t>
   </si>
   <si>
-    <t>Коврик для компьютерной мыши HyperX Pro Gaming (Large) HX-MPFS-L 
-[...2 lines deleted...]
-  <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Control Gravity Medium 
  ( Артикул - RZ02-01910600-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.33кг, Длина - 355 мм, Игровой - есть, Коврик Razer Goliathus Control Gravity Medium обеспечивает точно - Тонкий резиновый слой основы превращает процесс игры в удовольствие, так как ваша рука не устанет находиться на коврике в течение нескольких матчей. Поверхность, обеспечивающая мгновенный отклик мыши на ваши движения, приятна на ощупь, она также не причиняет дискомфорта в процессе игры., Код - 27870, Материал основания - резина, Материал покрытия - ткань, Толщина - 3 мм, Штрихкод - 8886419317456, Ширина - 254 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Thermaltake DASHER LARGE 
  ( Артикул - MP-DSH-BLKSLS-02, Базовая единица - шт, Бренд - No name, В упаковке - 15, Вес - 0.6кг, Код - 27325, Размер - 400*450*4 мм, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4717964405845)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Sphex V2 Regular 
  ( Артикул - RZ02-01940100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 70, Вес - 0.166кг, Код - 24127, Размер - 355*254*0,5мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317500)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Medium 
  ( Артикул - RZ02-01910200-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.366кг, Код - 23899, Размер - 254*355*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317395)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + 
  ( Артикул - QCK +, Базовая единица - шт, Бренд - Steelseries, В упаковке - 50, Вес - 3.6кг, Длина - 450 мм, Игровой - есть, Код - 23258, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 2 мм, Цвет - ченрный, Штрихкод - 5707119001762, Ширина - 400 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Edge - L 
  ( Артикул - QcK Edge - L, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.361кг, Код - 32061, Покрытие - Микроволокновая ткань, Размеры - 450*400*2 мм, Толщина - 2 мм, Штрихкод - 5707119036757)</t>
   </si>
   <si>
+    <t>Коврик для компьютерной мыши HyperX Pro Gaming (Extra Large) HX-MPFS-XL 
+ ( Артикул - HX-MPFS-XL, Базовая единица - шт, Бренд - HyperX, В упаковке - 16, Вес - 1.188кг, Код - 21299, Размер - 900*420*3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617267082)</t>
+  </si>
+  <si>
     <t>Коврик для компьютерной мыши HyperX Pro Gaming Speed Edition (Extra Large) HX-MPFS-S-XL 
  ( Артикул - HX-MPFS-S-XL, Базовая единица - шт, Бренд - HyperX, В упаковке - 16, Вес - 1.149кг, Код - 25404, Размер - 900*420*3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617274462)</t>
-  </si>
-[...2 lines deleted...]
- ( Артикул - HX-MPFS-XL, Базовая единица - шт, Бренд - HyperX, В упаковке - 16, Вес - 1.188кг, Код - 21299, Размер - 900*420*3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617267082)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + PUBG Erangel Edition 
  ( Артикул - QCK + PUBG Erangel Edition, Базовая единица - шт, Бренд - Steelseries, В упаковке - 5, Вес - 0.54кг, Длина - 400мм, Игровой - есть, Код - 26545, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 2 мм, Цвет - ченрный, Штрихкод - 5707119036115, Ширина - 450 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + PUBG Miramar Edition 
  ( Артикул - QCK + PUBG Miramar Edition, Базовая единица - шт, Бренд - Steelseries, В упаковке - 25, Вес - 2.84кг, Игровой - есть, Код - 26546, Материал основания - резина, Материал покрытия - ткань, Размер коврика - большой, Размеры - 450 x 400 x 4mm, Страна производства - Китай, Цвет - Многоцветный, Штрихкод - 5707119036146)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Gigabyte AMP500 Large 
  ( Артикул - GP-AMP500 Large, Базовая единица - шт, Бренд - Gigabyte, В упаковке - 50, Вес - 0.47кг, Код - 22316, Модель - AMP500, Размер - 430 x 370 x 1,8 мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Оранжевый, Штрихкод - 4719331550189)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK Heavy 
  ( Артикул - QCK Heavy, Базовая единица - шт, Бренд - Steelseries, В упаковке - 25, Вес - 0.791кг, Длина - 400мм, Игровой - есть, Код - 23255, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 6 мм, Цвет - ченрный, Штрихкод - 5707119001816, Ширина - 450 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Medium Destiny 2 
  ( Razer Goliathus Destiny 2 идеально подходит для различных типов  - &lt;br /&gt;, Артикул - RZ02-01072100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 5, Вес - 0.66кг, Длина - 254 мм, Игровой - есть, Код - 23889, Материал основания - резина, Материал покрытия - ткань, Толщина - 3 мм, Штрихкод - 8886419317906, Ширина - 355 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Hard Pad 
  ( Артикул - QcK Hard Pad, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.317кг, Код - 32059, Покрытие - Полиэтилен, Размер - 320 х 270 х 3 мм, Штрихкод - 5707119036719)</t>
   </si>
@@ -3516,51 +3516,51 @@
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="11" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo_red-200x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29028_1-100x1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25678_1-100x1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12576_1-100x1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29029_1-100x1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12134_1-100x1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23502_1-100x1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23503_1-100x1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23508_1-100x1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23504_1-100x10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23505_1-100x10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29127_1-100x10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29126_1-100x10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23506_1-100x10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_1-100x10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31318_1-100x10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31125_1-100x10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29123_1-100x10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26038_1-100x10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23484_1-100x10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26113_1-100x10021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31319_1-100x10022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23483_1-100x10023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26040_1-100x10024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23507_1-100x10025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30018_1-100x10026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31317_1-100x10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26114_1-100x10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23486_1-100x10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29124_1-100x10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31126_1-100x10031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26129_1-100x10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28745_1-100x10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30019_1-100x10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31127_1-100x10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28746_1-100x10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26128_1-100x10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26127_1-100x10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23488_1-100x10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26119_1-100x10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23487_1-100x10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30020_1-100x10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30021_1-100x10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26126_1-100x10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23300_1-100x10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23143_1-100x10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26125_1-100x10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23299_1-100x10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26120_1-100x10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30022_1-100x10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30023_1-100x10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28760_1-100x10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23144_1-100x10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30014_1-100x10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28768_1-100x10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28769_1-100x10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30024_1-100x10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28753_1-100x10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31314_1-100x10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32705_1-100x10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26132_1-100x10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30015_1-100x10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31456_1-100x10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31315_1-100x10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32706_1-100x10065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28754_1-100x10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26131_1-100x10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26130_1-100x10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28755_1-100x10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28756_1-100x10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26121_1-100x10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26115_1-100x10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28757_1-100x10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31457_1-100x10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30016_1-100x10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26122_1-100x10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26123_1-100x10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23148_1-100x10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31458_1-100x10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28758_1-100x10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26116_1-100x10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30017_1-100x10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26124_1-100x10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23149_1-100x10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23151_1-100x10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26117_1-100x10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26118_1-100x10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30013_1-100x10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28512_1-100x10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26412_1-100x10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22959_1-100x10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27153_1-100x10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22001_1-100x10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21823_1-100x10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21087_1-100x10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19436_1-100x10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28412_1-100x10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28511_1-100x10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23553_1-100x10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885_1-100x100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21459_1-100x100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30401_1-100x100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21830_1-100x100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23554_1-100x100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26413_1-100x100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27252_1-100x100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27828_1-100x100107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29897_1-100x100108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28192_1-100x100109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21978_1-100x100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28489_1-100x100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21820_1-100x100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29108_1-100x100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886_1-100x100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28193_1-100x100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30402_1-100x100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26414_1-100x100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31680_1-100x100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26785_1-100x100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22713_1-100x100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28413_1-100x100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21593_1-100x100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679_1-100x100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28194_1-100x100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29115_1-100x100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31454_1-100x100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21769_1-100x100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24355_1-100x100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32494_1-100x100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26676_1-100x100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28766_1-100x100131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31455_1-100x100132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25025_1-100x100133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26828_1-100x100134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17494_1-100x100135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16064_1-100x100136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27611_1-100x100137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15907_1-100x100138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16072_1-100x100139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16500_1-100x100140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24938_1-100x100141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28411_1-100x100142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27607_1-100x100143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16071_1-100x100144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23583_1-100x100145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32509_1-100x100146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16751_1-100x100147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26083_1-100x100148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30082_1-100x100149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28972_1-100x100150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27606_1-100x100151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26106_1-100x100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31310_1-100x100153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26108_1-100x100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26107_1-100x100155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29182_1-100x100156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26109_1-100x100157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32703_1-100x100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29184_1-100x100159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27289_1-100x100160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27858_1-100x100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441_1-100x100162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28965_1-100x100163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16069_1-100x100164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29185_1-100x100165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26087_1-100x100166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28966_1-100x100167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26104_1-100x100168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26086_1-100x100169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26085_1-100x100170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26084_1-100x100171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30226_1-100x100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17646_1-100x100173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29180_1-100x100174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30216_1-100x100175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31548_1-100x100176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28971_1-100x100177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18262_1-100x100178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31547_1-100x100179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30079_1-100x100180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30080_1-100x100181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26093_1-100x100182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26088_1-100x100183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26103_1-100x100184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26102_1-100x100185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26101_1-100x100186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26100_1-100x100187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30225_1-100x100188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26094_1-100x100189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29181_1-100x100190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27813_1-100x100191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25117_1-100x100192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32817_1-100x100193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23161_1-100x100194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26074_1-100x100195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080_1-100x100196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30083_1-100x100197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26079_1-100x100198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30032_1-100x100199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30033_1-100x100200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10243_1-100x100201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26095_1-100x100202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29183_1-100x100203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26105_1-100x100204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31546_1-100x100205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28743_1-100x100206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26082_1-100x100207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29178_1-100x100208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30034_1-100x100209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29177_1-100x100210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26081_1-100x100211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31550_1-100x100212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30035_1-100x100213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28742_1-100x100214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14882_1-100x100215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18258_1-100x100216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31549_1-100x100217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26077_1-100x100218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26078_1-100x100219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26096_1-100x100220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27291_1-100x100221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25289_1-100x100222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28744_1-100x100223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31311_1-100x100224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31312_1-100x100225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30081_1-100x100226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26099_1-100x100227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20891_1-100x100228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27293_1-100x100229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29179_1-100x100230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30031_1-100x100231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30030_1-100x100232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27292_1-100x100233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30078_1-100x100234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26075_1-100x100235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29175_1-100x100236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26097_1-100x100237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29176_1-100x100238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26098_1-100x100239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30029_1-100x100240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30028_1-100x100241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26076_1-100x100242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29174_1-100x100243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23164_1-100x100244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29171_1-100x100245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30027_1-100x100246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27290_1-100x100247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29172_1-100x100248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31313_1-100x100249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29173_1-100x100250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27288_1-100x100251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30025_1-100x100252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30026_1-100x100253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32704_1-100x100254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23166_1-100x100255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29170_1-100x100256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26432_1-100x100257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23179_1-100x100258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27600_1-100x100259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28378_1-100x100260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27601_1-100x100261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22880_1-100x100262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28379_1-100x100263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31041_1-100x100264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31046_1-100x100265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30608_1-100x100266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31044_1-100x100267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29706_1-100x100268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30610_1-100x100269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31048_1-100x100270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30612_1-100x100271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30614_1-100x100272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28514_1-100x100273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31049_1-100x100274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30609_1-100x100275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31056_1-100x100276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31052_1-100x100277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31054_1-100x100278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28390_1-100x100279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30611_1-100x100280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31057_1-100x100281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31059_1-100x100282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28397_1-100x100283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30613_1-100x100284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30616_1-100x100285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28392_1-100x100286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28395_1-100x100287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28393_1-100x100288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28396_1-100x100289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30617_1-100x100290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28394_1-100x100291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31061_1-100x100292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31058_1-100x100293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29707_1-100x100294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31055_1-100x100295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30615_1-100x100296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28191_1-100x100297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30431_1-100x100298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30620_1-100x100299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30432_1-100x100300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31063_1-100x100301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31064_1-100x100302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31062_1-100x100303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28398_1-100x100304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30619_1-100x100305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30618_1-100x100306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30590_1-100x100307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28399_1-100x100308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_1-100x100309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16095_1-100x100310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29980_1-100x100311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23958_1-100x100312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16094_1-100x100313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16093_1-100x100314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7355_1-100x100315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16092_1-100x100316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23959_1-100x100317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16091_1-100x100318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27310_1-100x100319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16090_1-100x100320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31844_1-100x100321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31555_1-100x100322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31554_1-100x100323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30040_1-100x100324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28770_1-100x100325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16089_1-100x100326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29190_1-100x100327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29981_1-100x100328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28684_1-100x100329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29982_1-100x100330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31560_1-100x100331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31559_1-100x100332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28955_1-100x100333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29191_1-100x100334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20229_1-100x100335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26153_1-100x100336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21465_1-100x100337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28956_1-100x100338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30041_1-100x100339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32205_1-100x100340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29193_1-100x100341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29192_1-100x100342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16087_1-100x100343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28771_1-100x100344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27306_1-100x100345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26156_1-100x100346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30039_1-100x100347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27304_1-100x100348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_1-100x100349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27305_1-100x100350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26154_1-100x100351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16084_1-100x100352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30036_1-100x100353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32204_1-100x100354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30037_1-100x100355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30215_1-100x100356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29195_1-100x100357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23146_1-100x100358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28503_1-100x100359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26282_1-100x100360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_1-100x100361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30377_1-100x100362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32147_1-100x100363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26433_1-100x100364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29699_1-100x100365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378_1-100x100366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33903_1-100x100367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33904_1-100x100368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32148_1-100x100369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23293_1-100x100370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29983_1-100x100371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33523_1-100x100372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28404_1-100x100373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33545_1-100x100374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23294_1-100x100375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31373_1-100x100376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29984_1-100x100377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30782_1-100x100378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33522_1-100x100379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31374_1-100x100380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20196_1-100x100381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31375_1-100x100382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32249_1-100x100383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33868_1-100x100384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24129_1-100x100385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29986_1-100x100386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29985_1-100x100387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32519_1-100x100388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32135_1-100x100389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33865_1-100x100390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31650_1-100x100391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24952_1-100x100392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22106_1-100x100393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31649_1-100x100394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24979_1-100x100395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31648_1-100x100396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33626_1-100x100397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30210_1-100x100398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22107_1-100x100399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23098_1-100x100400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19715_1-100x100401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21776_1-100x100402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33742_1-100x100403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28563_1-100x100404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29109_1-100x100405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_1-100x100406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29295_1-100x100407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28564_1-100x100408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21775_1-100x100409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33851_1-100x100410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33743_1-100x100411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28635_1-100x100412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29294_1-100x100413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28634_1-100x100414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32074_1-100x100415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31647_1-100x100416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33307_1-100x100417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31500_1-100x100418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21960_1-100x100419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31501_1-100x100420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32086_1-100x100421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28187_1-100x100422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32087_1-100x100423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30589_1-100x100424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28566_1-100x100425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33848_1-100x100426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28565_1-100x100427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28567_1-100x100428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28510_1-100x100429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32085_1-100x100430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28568_1-100x100431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28509_1-100x100432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33850_1-100x100433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30956_1-100x100434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30971_1-100x100435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32084_1-100x100436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30886_1-100x100437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30887_1-100x100438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30888_1-100x100439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21783_1-100x100440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30889_1-100x100441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30969_1-100x100442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28007_1-100x100443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28569_1-100x100444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27969_1-100x100445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28008_2-100x100446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32079_1-100x100447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27968_1-100x100448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27853_1-100x100449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28570_1-100x100450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27967_1-100x100451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33306_1-100x100452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27806_1-100x100453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28572_1-100x100454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29662_1-100x100455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19723_1-100x100456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28571_1-100x100457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33305_1-100x100458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27317_1-100x100459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29659_1-100x100460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27609_1-100x100461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21958_1-100x100462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31443_1-100x100463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33304_1-100x100464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29714_1-100x100465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29715_1-100x100466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27318_1-100x100467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29716_1-100x100468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32510_1-100x100469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33303_1-100x100470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29717_1-100x100471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31646_1-100x100472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30403_1-100x100473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31446_1-100x100474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22323_1-100x100475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30209_1-100x100476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32558_1-100x100477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31445_1-100x100478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29660_1-100x100479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29718_1-100x100480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29719_1-100x100481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31906_1-100x100482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31909_1-100x100483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31907_1-100x100484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31444_1-100x100485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31910_1-100x100486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32083_1-100x100487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29720_1-100x100488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31448_1-100x100489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31911_1-100x100490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29721_1-100x100491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29713_1-100x100492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30968_1-100x100493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27610_1-100x100494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27805_1-100x100495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26314_1-100x100496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33420_1-100x100497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26554_1-100x100498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26553_1-100x100499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28631_1-100x100500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31449_1-100x100501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28164_1-100x100502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27804_1-100x100503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28185_1-100x100504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29296_1-100x100505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25288_1-100x100506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26071_1-100x100507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24218_1-100x100508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_1-100x100509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31002_1-100x100510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30422_1-100x100511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30067_1-100x100512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28162_1-100x100513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30055_1-100x100514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30955_1-100x100515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30054_1-100x100516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31000_1-100x100517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30064_1-100x100518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30412_1-100x100519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31001_1-100x100520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29588_1-100x100521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26732_1-100x100522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29589_1-100x100523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30413_1-100x100524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29665_1-100x100525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28161_1-100x100526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28181_1-100x100527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26731_1-100x100528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28179_1-100x100529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29587_1-100x100530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29712_1-100x100531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26730_1-100x100532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28159_1-100x100533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28158_1-100x100534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835_1-100x100535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28180_1-100x100536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28160_1-100x100537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_1-100x100538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28172_1-100x100539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29664_1-100x100540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30999_1-100x100541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30409_1-100x100542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28157_1-100x100543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28177_1-100x100544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28173_1-100x100545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30424_1-100x100546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26729_1-100x100547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29831_1-100x100548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28170_1-100x100549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29308_1-100x100550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27362_1-100x100551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30065_1-100x100552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27361_1-100x100553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28169_1-100x100554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26840_1-100x100555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28168_1-100x100556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27360_1-100x100557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29590_1-100x100558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728_1-100x100559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32302_1-100x100560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30063_1-100x100561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27881_1-100x100562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29829_1-100x100563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30425_1-100x100564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26839_1-100x100565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28167_1-100x100566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29663_1-100x100567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28166_1-100x100568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26838_1-100x100569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32091_1-100x100570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28330_1-100x100571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29828_1-100x100572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28165_1-100x100573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30405_1-100x100574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30426_1-100x100575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30410_1-100x100576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31459_1-100x100577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30427_1-100x100578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30408_1-100x100579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30411_1-100x100580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30195_1-100x100581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30201_1-100x100582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17685_1-100x100583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17672_1-100x100584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23675_1-100x100585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17689_1-100x100586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17675_1-100x100587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30092_1-100x100588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32145_1-100x100589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17688_1-100x100590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17674_1-100x100591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21979_1-100x100592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23181_1-100x100593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17693_1-100x100594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32120_1-100x100595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28469_1-100x100596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20182_1-100x100597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32818_1-100x100598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25194_1-100x100599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22008_1-100x100600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31726_1-100x100601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23826_1-100x100602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22881_1-100x100603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30130_1-100x100604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31678_1-100x100605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26036_1-100x100606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30203_1-100x100607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31212_1-100x100608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Frame_232-100x100609.png"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24932_1-100x100610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30202_1-100x100611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31727_1-100x100612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24931_1-100x100613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29883_1-100x100614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12387_1-100x100615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29843_1-100x100616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26134_1-100x100617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2392_1-100x100618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19832_1-100x100619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5141_1-100x100620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6102_1-100x100621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5137_1-100x100622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2407_1-100x100623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8401_1-100x100624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5568_1-100x100625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8849_1-100x100626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2384_1-100x100627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19833_1-100x100628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2383_1-100x100629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8851_1-100x100630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5143_1-100x100631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5142_1-100x100632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6101_1-100x100633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8403_1-100x100634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24862_1-100x100635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_1-100x100636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21086_1-100x100637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1995_1-100x100638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406_1-100x100639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2408_1-100x100640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9627_1-100x100641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8402_1-100x100642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5569_1-100x100643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6100_1-100x100644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2228_1-100x100645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2229_1-100x100646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9629_1-100x100647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9628_1-100x100648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27783_1-100x100649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4129_1-100x100650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503_1-100x100651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9598_1-100x100652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30912_1-100x100653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30910_1-100x100654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30911_1-100x100655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30913_1-100x100656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30909_1-100x100657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2502_1-100x100658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30915_1-100x100659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30914_1-100x100660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_1-100x100661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27792_1-100x100662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9599_1-100x100663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904_1-100x100664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551_1-100x100665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30918_1-100x100666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30917_1-100x100667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30916_1-100x100668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345_1-100x100669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11065_1-100x100670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24860_1-100x100671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14172_1-100x100672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341_1-100x100673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1999_1-100x100674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2000_1-100x100675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30919_1-100x100676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1998_1-100x100677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27798_1-100x100678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7024_1-100x100679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20784_1-100x100680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025_1-100x100681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7023_1-100x100682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24166_1-100x100683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24165_1-100x100684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27202_1-100x100685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25500_1-100x100686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25501_1-100x100687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10458_1-100x100688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_1-100x100689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25502_1-100x100690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25497_1-100x100691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25498_1-100x100692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25499_1-100x100693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22419_1-100x100694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22420_1-100x100695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251_1-100x100696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8602_1-100x100697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535_1-100x100698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16284_1-100x100699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25495_1-100x100700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534_1-100x100701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22426_1-100x100702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29142_1-100x100703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603_1-100x100704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137_1-100x100705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25496_1-100x100706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589_1-100x100707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7874_1-100x100708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403_1-100x100709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7875_1-100x100710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19469_1-100x100711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525_1-100x100712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9590_1-100x100713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876_1-100x100714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26585_1-100x100715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19471_1-100x100716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877_1-100x100717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29143_1-100x100718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_1-100x100719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7177_1-100x100720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27316_1-100x100721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21296_1-100x100722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25401_1-100x100723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23253_1-100x100724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30897_1-100x100725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20639_1-100x100726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21297_1-100x100727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25402_1-100x100728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27871_1-100x100729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18994_1-100x100730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24126_1-100x100731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24125_1-100x100732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23252_1-100x100733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32060_1-100x100734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30896_1-100x100735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25403_1-100x100736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21298_1-100x100737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27870_1-100x100738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27325_1-100x100739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24127_1-100x100740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23899_1-100x100741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23258_1-100x100742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32061_1-100x100743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25404_1-100x100744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21299_1-100x100745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26545_1-100x100746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26546_1-100x100747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22316_1-100x100748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23255_1-100x100749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23889_1-100x100750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32059_1-100x100751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32063_1-100x100752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20640_1-100x100753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20641_1-100x100754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20642_1-100x100755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20643_1-100x100756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32065_1-100x100757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30895_1-100x100758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27869_1-100x100759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26544_1-100x100760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26689_1-100x100761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24379_1-100x100762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32047_1-100x100763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31713_1-100x100764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23761_1-100x100765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32048_1-100x100766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23250_1-100x100767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326_1-100x100768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20638_1-100x100769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19794_1-100x100770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23886_1-100x100771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12474_1-100x100772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1613_1-100x100773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10279_1-100x100774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24861_1-100x100775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953_1-100x100776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19835_1-100x100777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8852_1-100x100778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2431_1-100x100779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31136_1-100x100780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7617_1-100x100781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26133_1-100x100782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24857_1-100x100783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30839_1-100x100784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2411_1-100x100785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30941_1-100x100786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9588_1-100x100787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13334_1-100x100788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8020_1-100x100789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2501_1-100x100790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3340_1-100x100791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30943_1-100x100792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30944_1-100x100793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30945_1-100x100794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30947_1-100x100795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30951_1-100x100796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30942_1-100x100797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22276_1-100x100798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9587_1-100x100799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30948_1-100x100800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9591_1-100x100801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30949_1-100x100802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30950_1-100x100803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30946_1-100x100804.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo_red-200x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29028_1-100x1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25678_1-100x1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12576_1-100x1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29029_1-100x1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12134_1-100x1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23502_1-100x1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23503_1-100x1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23508_1-100x1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23504_1-100x10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23505_1-100x10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29127_1-100x10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29126_1-100x10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23506_1-100x10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_1-100x10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31318_1-100x10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31125_1-100x10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29123_1-100x10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26038_1-100x10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23484_1-100x10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26113_1-100x10021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31319_1-100x10022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23483_1-100x10023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26040_1-100x10024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23507_1-100x10025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30018_1-100x10026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31317_1-100x10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26114_1-100x10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23486_1-100x10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29124_1-100x10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31126_1-100x10031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26129_1-100x10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28745_1-100x10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30019_1-100x10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31127_1-100x10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28746_1-100x10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26128_1-100x10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26127_1-100x10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23488_1-100x10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26119_1-100x10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23487_1-100x10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30020_1-100x10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30021_1-100x10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26126_1-100x10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23300_1-100x10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23143_1-100x10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26125_1-100x10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23299_1-100x10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26120_1-100x10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30022_1-100x10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30023_1-100x10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28760_1-100x10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23144_1-100x10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30014_1-100x10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28768_1-100x10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28769_1-100x10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30024_1-100x10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28753_1-100x10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31314_1-100x10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32705_1-100x10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26132_1-100x10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30015_1-100x10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31456_1-100x10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31315_1-100x10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32706_1-100x10065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28754_1-100x10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26131_1-100x10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26130_1-100x10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28755_1-100x10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28756_1-100x10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26121_1-100x10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26115_1-100x10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28757_1-100x10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31457_1-100x10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30016_1-100x10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26122_1-100x10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26123_1-100x10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23148_1-100x10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31458_1-100x10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28758_1-100x10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26116_1-100x10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30017_1-100x10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26124_1-100x10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23149_1-100x10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23151_1-100x10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26117_1-100x10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26118_1-100x10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30013_1-100x10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28512_1-100x10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26412_1-100x10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22959_1-100x10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27153_1-100x10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22001_1-100x10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21823_1-100x10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21087_1-100x10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19436_1-100x10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28412_1-100x10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28511_1-100x10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23553_1-100x10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885_1-100x100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21459_1-100x100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30401_1-100x100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21830_1-100x100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23554_1-100x100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27252_1-100x100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26413_1-100x100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27828_1-100x100107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29897_1-100x100108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28192_1-100x100109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21978_1-100x100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28489_1-100x100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21820_1-100x100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29108_1-100x100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886_1-100x100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28193_1-100x100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30402_1-100x100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26414_1-100x100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31680_1-100x100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26785_1-100x100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22713_1-100x100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28413_1-100x100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21593_1-100x100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679_1-100x100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28194_1-100x100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29115_1-100x100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31454_1-100x100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21769_1-100x100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24355_1-100x100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32494_1-100x100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26676_1-100x100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28766_1-100x100131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31455_1-100x100132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25025_1-100x100133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26828_1-100x100134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17494_1-100x100135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16064_1-100x100136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27611_1-100x100137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15907_1-100x100138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16072_1-100x100139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16500_1-100x100140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24938_1-100x100141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28411_1-100x100142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27607_1-100x100143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16071_1-100x100144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23583_1-100x100145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32509_1-100x100146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16751_1-100x100147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26083_1-100x100148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30082_1-100x100149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28972_1-100x100150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27606_1-100x100151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26106_1-100x100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31310_1-100x100153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26107_1-100x100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26108_1-100x100155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29182_1-100x100156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26109_1-100x100157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32703_1-100x100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29184_1-100x100159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27289_1-100x100160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27858_1-100x100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441_1-100x100162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28965_1-100x100163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16069_1-100x100164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29185_1-100x100165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26087_1-100x100166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28966_1-100x100167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26104_1-100x100168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26086_1-100x100169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26085_1-100x100170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26084_1-100x100171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30226_1-100x100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17646_1-100x100173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29180_1-100x100174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30216_1-100x100175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31548_1-100x100176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28971_1-100x100177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18262_1-100x100178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31547_1-100x100179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30080_1-100x100180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30079_1-100x100181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26093_1-100x100182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26088_1-100x100183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26101_1-100x100184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26100_1-100x100185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26103_1-100x100186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26102_1-100x100187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30225_1-100x100188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26094_1-100x100189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29181_1-100x100190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27813_1-100x100191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25117_1-100x100192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32817_1-100x100193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23161_1-100x100194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26074_1-100x100195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080_1-100x100196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30083_1-100x100197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26079_1-100x100198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30032_1-100x100199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30033_1-100x100200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10243_1-100x100201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26095_1-100x100202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29183_1-100x100203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26105_1-100x100204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31546_1-100x100205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28743_1-100x100206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26082_1-100x100207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29178_1-100x100208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30034_1-100x100209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29177_1-100x100210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26081_1-100x100211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31550_1-100x100212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30035_1-100x100213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28742_1-100x100214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18258_1-100x100215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14882_1-100x100216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31549_1-100x100217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26077_1-100x100218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26078_1-100x100219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26096_1-100x100220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27291_1-100x100221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25289_1-100x100222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28744_1-100x100223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31311_1-100x100224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31312_1-100x100225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30081_1-100x100226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26099_1-100x100227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20891_1-100x100228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27293_1-100x100229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29179_1-100x100230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30030_1-100x100231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30031_1-100x100232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27292_1-100x100233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30078_1-100x100234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26075_1-100x100235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29175_1-100x100236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26097_1-100x100237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29176_1-100x100238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26098_1-100x100239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30029_1-100x100240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30028_1-100x100241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26076_1-100x100242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29174_1-100x100243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23164_1-100x100244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29171_1-100x100245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30027_1-100x100246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27290_1-100x100247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29172_1-100x100248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31313_1-100x100249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29173_1-100x100250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27288_1-100x100251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30025_1-100x100252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30026_1-100x100253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32704_1-100x100254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23166_1-100x100255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29170_1-100x100256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26432_1-100x100257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23179_1-100x100258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27600_1-100x100259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28378_1-100x100260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27601_1-100x100261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22880_1-100x100262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28379_1-100x100263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31041_1-100x100264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31046_1-100x100265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30608_1-100x100266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31044_1-100x100267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29706_1-100x100268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30610_1-100x100269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31048_1-100x100270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30612_1-100x100271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30614_1-100x100272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28514_1-100x100273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31049_1-100x100274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30609_1-100x100275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31056_1-100x100276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31052_1-100x100277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31054_1-100x100278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28390_1-100x100279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30611_1-100x100280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31057_1-100x100281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31059_1-100x100282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28397_1-100x100283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30613_1-100x100284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30616_1-100x100285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28392_1-100x100286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28395_1-100x100287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28393_1-100x100288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28396_1-100x100289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30617_1-100x100290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28394_1-100x100291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31061_1-100x100292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31058_1-100x100293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29707_1-100x100294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31055_1-100x100295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30615_1-100x100296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28191_1-100x100297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30431_1-100x100298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30620_1-100x100299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30432_1-100x100300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31063_1-100x100301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31064_1-100x100302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31062_1-100x100303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28398_1-100x100304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30619_1-100x100305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30618_1-100x100306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30590_1-100x100307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28399_1-100x100308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_1-100x100309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16095_1-100x100310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29980_1-100x100311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23958_1-100x100312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16094_1-100x100313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16093_1-100x100314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7355_1-100x100315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16092_1-100x100316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23959_1-100x100317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16091_1-100x100318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27310_1-100x100319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16090_1-100x100320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31844_1-100x100321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31555_1-100x100322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31554_1-100x100323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30040_1-100x100324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28770_1-100x100325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16089_1-100x100326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29190_1-100x100327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29981_1-100x100328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28684_1-100x100329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29982_1-100x100330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31560_1-100x100331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31559_1-100x100332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28955_1-100x100333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29191_1-100x100334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20229_1-100x100335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26153_1-100x100336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21465_1-100x100337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28956_1-100x100338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30041_1-100x100339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32205_1-100x100340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29193_1-100x100341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29192_1-100x100342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16087_1-100x100343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28771_1-100x100344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27306_1-100x100345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26156_1-100x100346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30039_1-100x100347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27304_1-100x100348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_1-100x100349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27305_1-100x100350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26154_1-100x100351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16084_1-100x100352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30036_1-100x100353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32204_1-100x100354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30037_1-100x100355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30215_1-100x100356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29195_1-100x100357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23146_1-100x100358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28503_1-100x100359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26282_1-100x100360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_1-100x100361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30377_1-100x100362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32147_1-100x100363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26433_1-100x100364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29699_1-100x100365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378_1-100x100366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33903_1-100x100367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33904_1-100x100368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32148_1-100x100369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23293_1-100x100370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29983_1-100x100371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33523_1-100x100372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28404_1-100x100373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33545_1-100x100374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23294_1-100x100375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31373_1-100x100376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29984_1-100x100377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30782_1-100x100378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33522_1-100x100379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31374_1-100x100380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20196_1-100x100381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31375_1-100x100382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32249_1-100x100383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33868_1-100x100384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24129_1-100x100385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29986_1-100x100386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29985_1-100x100387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32519_1-100x100388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32135_1-100x100389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33865_1-100x100390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31650_1-100x100391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24952_1-100x100392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22106_1-100x100393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31649_1-100x100394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24979_1-100x100395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31648_1-100x100396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33626_1-100x100397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30210_1-100x100398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22107_1-100x100399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23098_1-100x100400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19715_1-100x100401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21776_1-100x100402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33742_1-100x100403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28563_1-100x100404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29109_1-100x100405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_1-100x100406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29295_1-100x100407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28564_1-100x100408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21775_1-100x100409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33851_1-100x100410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33743_1-100x100411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28635_1-100x100412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29294_1-100x100413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28634_1-100x100414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32074_1-100x100415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31647_1-100x100416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33307_1-100x100417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31500_1-100x100418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21960_1-100x100419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31501_1-100x100420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32086_1-100x100421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28187_1-100x100422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32087_1-100x100423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30589_1-100x100424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28566_1-100x100425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33848_1-100x100426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28565_1-100x100427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28567_1-100x100428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28510_1-100x100429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32085_1-100x100430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28568_1-100x100431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28509_1-100x100432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33850_1-100x100433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30956_1-100x100434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30971_1-100x100435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32084_1-100x100436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30886_1-100x100437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30887_1-100x100438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30888_1-100x100439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21783_1-100x100440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30889_1-100x100441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30969_1-100x100442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28007_1-100x100443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28569_1-100x100444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27969_1-100x100445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28008_2-100x100446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32079_1-100x100447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27968_1-100x100448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27853_1-100x100449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28570_1-100x100450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27967_1-100x100451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33306_1-100x100452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27806_1-100x100453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28572_1-100x100454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29662_1-100x100455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19723_1-100x100456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28571_1-100x100457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33305_1-100x100458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27317_1-100x100459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29659_1-100x100460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27609_1-100x100461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21958_1-100x100462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31443_1-100x100463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33304_1-100x100464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29714_1-100x100465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29715_1-100x100466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27318_1-100x100467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29716_1-100x100468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32510_1-100x100469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33303_1-100x100470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29717_1-100x100471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31646_1-100x100472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30403_1-100x100473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31446_1-100x100474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22323_1-100x100475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30209_1-100x100476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32558_1-100x100477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31445_1-100x100478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29660_1-100x100479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29718_1-100x100480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29719_1-100x100481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31906_1-100x100482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31909_1-100x100483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31907_1-100x100484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31444_1-100x100485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31910_1-100x100486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32083_1-100x100487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29720_1-100x100488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31448_1-100x100489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31911_1-100x100490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29721_1-100x100491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29713_1-100x100492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30968_1-100x100493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27610_1-100x100494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27805_1-100x100495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26314_1-100x100496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33420_1-100x100497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26554_1-100x100498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26553_1-100x100499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28631_1-100x100500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31449_1-100x100501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28164_1-100x100502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27804_1-100x100503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28185_1-100x100504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29296_1-100x100505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25288_1-100x100506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26071_1-100x100507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24218_1-100x100508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_1-100x100509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31002_1-100x100510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30422_1-100x100511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30067_1-100x100512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28162_1-100x100513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30055_1-100x100514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30955_1-100x100515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30054_1-100x100516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31000_1-100x100517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30064_1-100x100518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30412_1-100x100519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31001_1-100x100520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29588_1-100x100521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26732_1-100x100522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29589_1-100x100523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30413_1-100x100524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29665_1-100x100525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28161_1-100x100526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28181_1-100x100527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26731_1-100x100528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28179_1-100x100529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29587_1-100x100530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29712_1-100x100531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26730_1-100x100532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28159_1-100x100533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28158_1-100x100534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835_1-100x100535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28180_1-100x100536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28160_1-100x100537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_1-100x100538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28172_1-100x100539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29664_1-100x100540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30999_1-100x100541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30409_1-100x100542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28157_1-100x100543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28177_1-100x100544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28173_1-100x100545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30424_1-100x100546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26729_1-100x100547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29831_1-100x100548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28170_1-100x100549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29308_1-100x100550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27362_1-100x100551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30065_1-100x100552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27361_1-100x100553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28169_1-100x100554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26840_1-100x100555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28168_1-100x100556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27360_1-100x100557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29590_1-100x100558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728_1-100x100559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32302_1-100x100560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30063_1-100x100561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27881_1-100x100562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29829_1-100x100563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30425_1-100x100564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26839_1-100x100565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28167_1-100x100566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29663_1-100x100567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28166_1-100x100568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26838_1-100x100569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32091_1-100x100570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28330_1-100x100571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29828_1-100x100572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28165_1-100x100573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30405_1-100x100574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30426_1-100x100575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30410_1-100x100576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31459_1-100x100577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30427_1-100x100578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30408_1-100x100579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30411_1-100x100580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30195_1-100x100581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30201_1-100x100582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17685_1-100x100583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17672_1-100x100584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23675_1-100x100585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17689_1-100x100586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17675_1-100x100587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30092_1-100x100588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32145_1-100x100589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17688_1-100x100590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17674_1-100x100591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21979_1-100x100592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23181_1-100x100593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17693_1-100x100594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32120_1-100x100595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28469_1-100x100596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20182_1-100x100597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32818_1-100x100598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25194_1-100x100599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22008_1-100x100600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31726_1-100x100601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23826_1-100x100602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22881_1-100x100603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30130_1-100x100604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31678_1-100x100605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26036_1-100x100606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30203_1-100x100607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31212_1-100x100608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Frame_232-100x100609.png"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24932_1-100x100610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30202_1-100x100611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31727_1-100x100612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24931_1-100x100613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29883_1-100x100614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12387_1-100x100615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29843_1-100x100616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26134_1-100x100617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2392_1-100x100618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19832_1-100x100619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2407_1-100x100620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8401_1-100x100621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5568_1-100x100622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5141_1-100x100623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6102_1-100x100624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5137_1-100x100625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2384_1-100x100626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8849_1-100x100627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19833_1-100x100628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2383_1-100x100629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8851_1-100x100630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5143_1-100x100631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5142_1-100x100632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6101_1-100x100633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8403_1-100x100634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24862_1-100x100635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_1-100x100636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21086_1-100x100637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1995_1-100x100638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406_1-100x100639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2408_1-100x100640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9627_1-100x100641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8402_1-100x100642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5569_1-100x100643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6100_1-100x100644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2228_1-100x100645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2229_1-100x100646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9629_1-100x100647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9628_1-100x100648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27783_1-100x100649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4129_1-100x100650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503_1-100x100651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9598_1-100x100652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30913_1-100x100653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30909_1-100x100654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30912_1-100x100655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30910_1-100x100656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30911_1-100x100657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2502_1-100x100658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30915_1-100x100659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30914_1-100x100660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_1-100x100661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27792_1-100x100662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9599_1-100x100663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904_1-100x100664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551_1-100x100665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30918_1-100x100666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30917_1-100x100667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30916_1-100x100668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345_1-100x100669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11065_1-100x100670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24860_1-100x100671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14172_1-100x100672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341_1-100x100673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1999_1-100x100674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2000_1-100x100675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30919_1-100x100676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1998_1-100x100677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27798_1-100x100678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7024_1-100x100679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20784_1-100x100680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025_1-100x100681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7023_1-100x100682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24166_1-100x100683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24165_1-100x100684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27202_1-100x100685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25500_1-100x100686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25501_1-100x100687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10458_1-100x100688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_1-100x100689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25502_1-100x100690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25497_1-100x100691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25498_1-100x100692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25499_1-100x100693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22419_1-100x100694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22420_1-100x100695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251_1-100x100696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8602_1-100x100697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535_1-100x100698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16284_1-100x100699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25495_1-100x100700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534_1-100x100701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22426_1-100x100702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29142_1-100x100703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603_1-100x100704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137_1-100x100705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25496_1-100x100706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589_1-100x100707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7874_1-100x100708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403_1-100x100709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7875_1-100x100710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19469_1-100x100711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525_1-100x100712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9590_1-100x100713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876_1-100x100714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26585_1-100x100715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19471_1-100x100716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877_1-100x100717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29143_1-100x100718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_1-100x100719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7177_1-100x100720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27316_1-100x100721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21296_1-100x100722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25401_1-100x100723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23253_1-100x100724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30897_1-100x100725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20639_1-100x100726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21297_1-100x100727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25402_1-100x100728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27871_1-100x100729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18994_1-100x100730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24126_1-100x100731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24125_1-100x100732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23252_1-100x100733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32060_1-100x100734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30896_1-100x100735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21298_1-100x100736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25403_1-100x100737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27870_1-100x100738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27325_1-100x100739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24127_1-100x100740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23899_1-100x100741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23258_1-100x100742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32061_1-100x100743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21299_1-100x100744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25404_1-100x100745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26545_1-100x100746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26546_1-100x100747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22316_1-100x100748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23255_1-100x100749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23889_1-100x100750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32059_1-100x100751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32063_1-100x100752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20640_1-100x100753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20641_1-100x100754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20642_1-100x100755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20643_1-100x100756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32065_1-100x100757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30895_1-100x100758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27869_1-100x100759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26544_1-100x100760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26689_1-100x100761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24379_1-100x100762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32047_1-100x100763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31713_1-100x100764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23761_1-100x100765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32048_1-100x100766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23250_1-100x100767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326_1-100x100768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20638_1-100x100769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19794_1-100x100770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23886_1-100x100771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12474_1-100x100772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1613_1-100x100773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10279_1-100x100774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24861_1-100x100775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953_1-100x100776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19835_1-100x100777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8852_1-100x100778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2431_1-100x100779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31136_1-100x100780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7617_1-100x100781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26133_1-100x100782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24857_1-100x100783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30839_1-100x100784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2411_1-100x100785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30941_1-100x100786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9588_1-100x100787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13334_1-100x100788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8020_1-100x100789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2501_1-100x100790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3340_1-100x100791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30943_1-100x100792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30944_1-100x100793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30945_1-100x100794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30947_1-100x100795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30951_1-100x100796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30942_1-100x100797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22276_1-100x100798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9587_1-100x100799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30948_1-100x100800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9591_1-100x100801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30949_1-100x100802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30950_1-100x100803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30946_1-100x100804.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1571625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1905000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -27930,51 +27930,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_166" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=691" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=741" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=748" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=692" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=749" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=693" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=694" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=695" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=696" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=697" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=710" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=711" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=698" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=712" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=715" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=704" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=713" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=744" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=701" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=757" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=716" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=700" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=743" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=699" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=730" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=718" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=758" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=714" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=705" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=761" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=759" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=706" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=760" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=762" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=763" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=702" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=766" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=745" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=739" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=738" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=764" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=752" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=707" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=765" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=753" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=767" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=737" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=736" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=770" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=708" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=733" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=771" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=772" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=735" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=776" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=719" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=750" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=732" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=754" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=720" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=751" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=777" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=774" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=775" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=778" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=722" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=768" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=725" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=723" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=755" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=740" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=769" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=779" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=709" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=756" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=724" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=726" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=731" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=721" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=747" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=746" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=727" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=728" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=734" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_167" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=491" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=484" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=487" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=481" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=458" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=460" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=459" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=463" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=462" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=492" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=478" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=486" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=476" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=493" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=471" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=479" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=483" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=480" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=477" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=500" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=488" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=461" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=464" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=472" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=494" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=485" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=489" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=495" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=482" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=496" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=465" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=466" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=469" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=473" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=497" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=490" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=470" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=498" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=474" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=467" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=468" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=475" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=457" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=499" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_168" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=780" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=796" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=782" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=797" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=794" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=818" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=783" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=817" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=795" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=781" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=798" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=822" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=799" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=800" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=816" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=852" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=809" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=801" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=802" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=853" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=854" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=855" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=856" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=857" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=858" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=810" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=859" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=860" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=861" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=784" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=803" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=820" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=870" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=891" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=804" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=897" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=890" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=889" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=888" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=805" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=819" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=871" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=785" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=786" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=806" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=815" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=787" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=863" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=862" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=843" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=892" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=896" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=895" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=894" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=893" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=807" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=842" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=872" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=884" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=814" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=788" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=792" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=846" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=851" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=864" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=850" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=833" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=832" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=813" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=841" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=873" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=898" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=789" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=899" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=887" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=874" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=831" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=875" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=886" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=790" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=830" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=840" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=844" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=845" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=791" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=848" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=849" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=839" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=901" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=808" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=900" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=866" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=865" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=867" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=836" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=821" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=903" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=877" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=834" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=824" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=868" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=847" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=876" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=838" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=837" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=825" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=826" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=879" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=793" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=880" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=827" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=835" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=881" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=869" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=882" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=885" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=829" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=828" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=811" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=823" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=883" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_170" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=440" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=405" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=406" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=408" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=407" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=441" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=409" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=413" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=410" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=411" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=453" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=412" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=415" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=414" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=416" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=439" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=417" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=418" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=425" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=419" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=421" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=452" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=420" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=427" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=429" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=445" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=422" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=426" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=451" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=449" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=450" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=448" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=447" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=430" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=431" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=446" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=423" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=424" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=438" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=437" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=432" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=436" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=433" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=456" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=444" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=455" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=454" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=435" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=443" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_169" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=904" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=905" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=927" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=934" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=906" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=907" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=931" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=908" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=928" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=909" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=947" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=913" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=910" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=912" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=911" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=936" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=946" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=914" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=932" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=929" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=915" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=930" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=918" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=916" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=917" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=933" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=919" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=949" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=920" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=921" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=935" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=922" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=952" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=951" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=923" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=944" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=945" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=943" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=937" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=948" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=938" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=941" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=942" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=924" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=940" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=925" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=939" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=926" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=950" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/cpu" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1149" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=220" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=200" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=201" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=221" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=203" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=202" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=207" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=222" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1146" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1145" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=223" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=204" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=208" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=224" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=209" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1147" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=205" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=211" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=210" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=212" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=225" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=213" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=227" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=214" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=215" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1148" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=206" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=217" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=219" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1144" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=216" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=218" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1143" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/posudomoechnye-mashiny" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=310" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=312" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=392" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=311" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=314" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=313" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1165" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=315" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=374" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=373" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=316" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=375" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1166" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=317" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=379" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=378" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=319" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=318" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=376" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1167" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1168" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=380" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=320" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=377" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=381" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=382" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1155" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=321" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=344" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=322" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=350" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=346" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=349" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=345" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=324" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1160" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=323" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=325" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=384" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=348" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=326" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=383" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1161" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=386" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=351" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=347" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=328" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=327" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=330" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=352" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=329" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=385" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=332" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=334" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=388" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=331" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=389" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=390" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=335" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=333" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=387" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1156" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=391" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=338" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1154" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1153" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=337" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1157" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=371" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=369" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=336" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1162" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=370" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1158" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=339" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=394" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=372" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=395" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=366" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1159" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=396" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=368" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=367" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=365" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=343" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=397" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=340" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=364" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=363" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=399" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=400" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=341" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=398" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=342" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=362" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=401" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=355" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=403" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=356" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=402" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=404" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=354" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=353" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=393" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=361" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1164" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1163" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=360" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=359" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=358" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=357" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/plity" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=276" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=229" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=294" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=295" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=231" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=230" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=232" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=302" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=233" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=296" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=293" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=274" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=237" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=275" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=238" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=234" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=273" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=240" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=235" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=266" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=301" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=267" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=236" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=241" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=272" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=291" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=300" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=287" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=265" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=242" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=299" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=271" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=268" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=244" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=290" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=270" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=289" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=286" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=243" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=239" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=304" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=269" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=285" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=288" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=264" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=298" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=245" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=284" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=246" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=303" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=283" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=247" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=282" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=248" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=281" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=249" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=279" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=297" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=262" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=263" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=250" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=305" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=261" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=251" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=278" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=306" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=280" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=252" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=260" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=253" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=307" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=277" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=308" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=259" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=254" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=256" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=258" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=309" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=255" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/tehnika-dlja-doma" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=664" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=663" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=667" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=681" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=668" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1150" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=683" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=665" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=670" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=669" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=682" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=684" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=685" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=673" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=686" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=672" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=675" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=674" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=676" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=687" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=666" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=678" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=677" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=680" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=679" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=690" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=661" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1151" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1179" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=688" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=662" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=671" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=689" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1152" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_172" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1025" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=987" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=988" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=997" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1003" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=990" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1000" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=989" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=994" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=993" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=992" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1024" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1030" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1012" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=998" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1023" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=991" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1033" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=996" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=995" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1009" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1018" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1016" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1007" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1029" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1022" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1036" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1002" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1001" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=999" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1008" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1019" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1034" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1035" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1039" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1010" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1011" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1015" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1045" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1056" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1046" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1044" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1055" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1017" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1053" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1054" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1032" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1050" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1005" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1004" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1031" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1041" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1042" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1043" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1037" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1013" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1014" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1038" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1006" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1027" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1028" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1040" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1047" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1051" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1026" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1052" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1049" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1048" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1020" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1021" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/klimaticheskaja-tehnika" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_173" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1113" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1121" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1122" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1127" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1126" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1123" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1118" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1119" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1120" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1115" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1114" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1108" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1124" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1109" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1134" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1117" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1110" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1140" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1135" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1125" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1136" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1116" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1128" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1129" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1111" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1130" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1137" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1112" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1131" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1132" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1141" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1138" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1133" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1142" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1139" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1107" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_174" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1076" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1084" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1105" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1099" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1080" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1065" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1085" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1104" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1066" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1057" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1061" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1067" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1100" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1090" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1081" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1103" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1086" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1068" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1077" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1062" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1069" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1097" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1089" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1102" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1106" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1095" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1094" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1079" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1098" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1070" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1091" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1088" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1064" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1074" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1073" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1072" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1087" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1082" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1075" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1096" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1071" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1063" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1093" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1083" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1060" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1092" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1101" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1078" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1058" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1059" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_171" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=985" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=983" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=981" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=953" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=956" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=982" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=962" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=955" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=959" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=960" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=961" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=954" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=964" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=967" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=963" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=970" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=957" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=958" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=965" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=968" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=969" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=974" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=973" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=971" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=972" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=975" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=976" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=980" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=986" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=978" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=966" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=977" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=979" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=984" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_166" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=691" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=741" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=748" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=692" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=749" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=693" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=694" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=695" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=696" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=697" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=710" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=711" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=698" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=712" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=715" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=704" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=713" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=744" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=701" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=757" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=716" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=700" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=743" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=699" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=730" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=718" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=758" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=714" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=705" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=761" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=759" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=706" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=760" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=762" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=763" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=702" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=766" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=745" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=739" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=738" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=764" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=752" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=707" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=765" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=753" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=767" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=737" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=736" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=770" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=708" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=733" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=771" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=772" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=735" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=776" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=719" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=750" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=732" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=754" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=720" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=751" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=777" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=774" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=775" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=778" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=722" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=768" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=725" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=723" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=755" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=740" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=769" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=779" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=709" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=756" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=724" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=726" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=731" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=721" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=747" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=746" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=727" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=728" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=734" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_167" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=491" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=484" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=487" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=481" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=458" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=460" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=459" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=463" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=462" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=492" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=478" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=486" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=476" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=493" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=471" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=479" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=480" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=483" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=477" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=500" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=488" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=461" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=464" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=472" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=494" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=485" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=489" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=495" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=482" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=496" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=465" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=466" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=469" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=473" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=497" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=490" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=470" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=498" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=474" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=467" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=468" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=475" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=457" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=499" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_168" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=780" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=796" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=782" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=797" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=794" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=818" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=783" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=817" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=795" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=781" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=798" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=822" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=799" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=800" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=816" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=852" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=809" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=801" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=802" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=853" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=854" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=856" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=855" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=857" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=858" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=810" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=859" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=860" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=861" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=784" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=803" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=820" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=870" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=891" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=804" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=897" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=890" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=889" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=888" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=805" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=819" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=871" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=785" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=786" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=806" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=815" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=787" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=862" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=863" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=843" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=892" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=894" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=893" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=896" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=895" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=807" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=842" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=872" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=884" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=814" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=788" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=792" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=846" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=851" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=864" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=850" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=833" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=832" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=813" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=841" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=873" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=898" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=789" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=899" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=887" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=874" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=831" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=875" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=886" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=790" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=830" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=840" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=845" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=844" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=791" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=848" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=849" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=839" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=901" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=808" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=900" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=866" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=865" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=867" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=836" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=821" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=903" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=877" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=824" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=834" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=868" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=847" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=876" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=838" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=837" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=825" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=826" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=879" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=793" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=880" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=827" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=835" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=881" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=869" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=882" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=885" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=829" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=828" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=811" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=823" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=883" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_170" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=440" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=405" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=406" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=408" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=407" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=441" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=409" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=413" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=410" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=411" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=453" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=412" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=415" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=414" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=416" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=439" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=417" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=418" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=425" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=419" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=421" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=452" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=420" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=427" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=429" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=445" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=422" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=426" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=451" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=449" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=450" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=448" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=447" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=430" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=431" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=446" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=423" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=424" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=438" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=437" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=432" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=436" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=433" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=456" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=444" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=455" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=454" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=435" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=443" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_169" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=904" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=905" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=927" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=934" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=906" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=907" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=931" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=908" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=928" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=909" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=947" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=913" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=910" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=912" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=911" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=936" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=946" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=914" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=932" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=929" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=915" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=930" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=918" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=916" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=917" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=933" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=919" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=949" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=920" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=921" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=935" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=922" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=952" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=951" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=923" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=944" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=945" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=943" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=937" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=948" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=938" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=941" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=942" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=924" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=940" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=925" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=939" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=926" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=950" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/cpu" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1149" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=220" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=200" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=201" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=221" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=203" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=202" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=207" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=222" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1146" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1145" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=223" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=204" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=208" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=224" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=209" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1147" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=205" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=211" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=210" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=212" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=225" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=213" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=227" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=214" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=215" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1148" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=206" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=217" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=219" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1144" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=216" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=218" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1143" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/posudomoechnye-mashiny" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=310" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=312" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=392" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=311" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=314" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=313" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1165" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=315" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=374" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=373" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=316" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=375" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1166" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=317" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=379" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=378" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=319" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=318" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=376" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1167" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1168" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=380" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=320" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=377" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=381" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=382" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1155" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=321" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=344" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=322" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=350" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=346" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=349" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=345" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=324" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1160" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=323" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=325" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=384" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=348" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=326" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=383" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1161" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=386" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=351" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=347" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=328" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=327" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=330" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=352" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=329" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=385" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=332" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=334" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=388" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=331" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=389" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=390" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=335" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=333" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=387" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1156" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=391" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=338" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1154" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1153" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=337" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1157" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=371" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=369" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=336" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1162" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=370" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1158" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=339" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=394" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=372" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=395" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=366" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1159" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=396" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=368" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=367" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=365" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=343" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=397" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=340" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=364" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=363" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=399" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=400" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=341" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=398" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=342" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=362" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=401" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=355" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=403" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=356" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=402" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=404" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=354" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=353" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=393" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=361" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1164" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1163" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=360" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=359" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=358" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=357" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/plity" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=276" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=229" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=294" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=295" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=231" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=230" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=232" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=302" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=233" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=296" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=293" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=274" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=237" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=275" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=238" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=234" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=273" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=240" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=235" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=266" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=301" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=267" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=236" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=241" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=272" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=291" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=300" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=287" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=265" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=242" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=299" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=271" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=268" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=244" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=290" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=270" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=289" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=286" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=243" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=239" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=304" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=269" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=285" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=288" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=264" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=298" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=245" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=284" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=246" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=303" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=283" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=247" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=282" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=248" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=281" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=249" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=279" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=297" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=262" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=263" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=250" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=305" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=261" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=251" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=278" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=306" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=280" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=252" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=260" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=253" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=307" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=277" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=308" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=259" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=254" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=256" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=258" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=309" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=255" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/tehnika-dlja-doma" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=664" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=663" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=667" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=681" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=668" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1150" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=683" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=665" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=670" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=669" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=682" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=684" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=685" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=673" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=686" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=672" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=675" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=674" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=676" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=687" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=666" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=678" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=677" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=680" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=679" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=690" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=661" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1151" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1179" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=688" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=662" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=671" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=689" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1152" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_172" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1025" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=987" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=988" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=997" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1003" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=994" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=993" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=992" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=990" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1000" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=989" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1030" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1024" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1012" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=998" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1023" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=991" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1033" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=996" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=995" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1009" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1018" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1016" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1007" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1029" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1022" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1036" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1002" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1001" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=999" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1008" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1019" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1034" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1035" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1039" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1010" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1011" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1015" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1044" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1055" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1045" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1056" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1046" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1017" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1053" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1054" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1032" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1050" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1005" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1004" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1031" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1041" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1042" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1043" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1037" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1013" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1014" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1038" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1006" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1027" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1028" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1040" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1047" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1051" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1026" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1052" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1049" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1048" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1020" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1021" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/klimaticheskaja-tehnika" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_173" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1113" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1121" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1122" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1127" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1126" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1123" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1118" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1119" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1120" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1115" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1114" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1108" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1124" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1109" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1134" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1117" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1110" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1140" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1135" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1125" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1136" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1116" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1128" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1129" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1111" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1130" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1137" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1112" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1131" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1132" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1141" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1138" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1133" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1142" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1139" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1107" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_174" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1076" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1084" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1105" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1099" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1080" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1065" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1085" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1104" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1066" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1057" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1061" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1067" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1100" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1090" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1081" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1086" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1103" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1068" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1077" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1062" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1069" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1097" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1089" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1106" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1102" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1095" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1094" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1079" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1098" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1070" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1091" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1088" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1064" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1074" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1073" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1072" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1087" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1082" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1075" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1096" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1071" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1063" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1093" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1083" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1060" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1092" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1101" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1078" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1058" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1059" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_171" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=985" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=983" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=981" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=953" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=956" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=982" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=962" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=955" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=959" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=960" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=961" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=954" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=964" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=967" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=963" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=970" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=957" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=958" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=965" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=968" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=969" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=974" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=973" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=971" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=972" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=975" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=976" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=980" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=986" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=978" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=966" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=977" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=979" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=984" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C828"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C794" sqref="C794"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="75" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1"/>