--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Default" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="827">
   <si>
-    <t>Дата актуальности прайслиста: 14.12.2025</t>
+    <t>Дата актуальности прайслиста: 04.02.2026</t>
   </si>
   <si>
     <t>Прайс-лист товаров</t>
   </si>
   <si>
     <t>г. Алматы ул. Макатаева 117</t>
   </si>
   <si>
     <t>+7 (747) 555 00 46</t>
   </si>
   <si>
     <t>shop@esmart.kz</t>
   </si>
   <si>
     <t>www.esmart.kz</t>
   </si>
   <si>
     <t>изображение</t>
   </si>
   <si>
     <t>наименование</t>
   </si>
   <si>
     <t>цена</t>
   </si>
@@ -462,58 +462,58 @@
   <si>
     <t>Жёсткий диск для ноутбука Seagate HDD 500Gb ST500LM030 2,5" 
  ( Артикул - ST500LM030, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 23553, Объём памяти - 500 GB, Потребление энергии - 1.6 Вт, Скорость вращения шпинделя - 5400 об/мин, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Толщина - 7 мм, Формат HDD - 2,5", Цвет - Серебристый)</t>
   </si>
   <si>
     <t>Твердотельный накопитель SSD Kingston SA400S37/240G  (500/450Мб/с) 
  ( Артикул - SA400S37/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 25, Вес - 0.084кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 885, Контроллер - Phison S3111-S11, Объём памяти - 240 GB, Скорость записи - До 350 Мб/сек, Скорость чтения - до 500 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617261219)</t>
   </si>
   <si>
     <t>Жёсткий диск для ноутбука Western Digital Blue HDD 500Gb WD5000LPCX 2,5" 
  ( Артикул - WD5000LPCX, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 16 Mб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21459, Объём памяти - 500 GB, Потребление энергии - 1.4 Вт - чтение/запись, Рабочая температура - 0 - 65°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 145 Мбайт/с, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Цвет - Серебристый, Штрихкод - WD5000LPCX-22VHAT1)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний Gigabyte GSTFS31256GTND 
  ( Артикул - GPSS1S256-00-G, Базовая единица - шт, Бренд - Gigabyte, В упаковке - 40, Вес - 0.11кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 30401, Объём памяти - 256 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - NAND Flash, Тип упаковки - Цветная коробка, Штрихкод - 4719331804329)</t>
   </si>
   <si>
     <t>Жёсткий диск для видеонаблюдения Western Digital Purple HDD 1Tb WD10PURZ 
  ( Артикул - WD10PURZ, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.64кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21830, Объём памяти - 1 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 5400 об/мин - 7200 об/мин (IntelliPower), Скорость передачи данных - 110 Мб/сек, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - WD10PURZ85U8XYO)</t>
   </si>
   <si>
     <t>Жёсткий диск для ноутбука Seagate HDD 1Tb ST1000LM048 2,5" 
  ( Артикул - ST1000LM048, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 23554, Объём памяти - 1 TB, Потребление энергии - 1.6 Вт, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 140 Мбайт/сек, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Цвет - Серебристый, Штрихкод - ST1000LM048)</t>
   </si>
   <si>
+    <t>Твердотельный накопитель SSD Kingston SUV500/240G  (520/500MB/s) 
+ ( Артикул - SUV500/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 10, Вес - 0.04кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 26413, Контроллер - Marvell 88SS1074, Объём памяти - 240 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617273809)</t>
+  </si>
+  <si>
     <t>Твердотельный накопитель SSD Kingston SUV500M8/240G M.2 SATA (520/500MB/s) 
  ( Артикул - SUV500M8/240G, Базовая единица - шт, Бренд - Kingston, В упаковке - 10, Вес - 0.1кг, Интерфейс - M.2 SATA, Код - 27252, Контроллер - Marvell 88SS1074, Объём памяти - 240 GB, Скорость записи - до 500 Мб/сек, Скорость чтения - до 520 Мб/сек, Тип жёсткого диска - SSD, Тип упаковки - Цветная коробка, Штрихкод - 740617274127)</t>
   </si>
   <si>
-    <t>Твердотельный накопитель SSD Kingston SUV500/240G  (520/500MB/s) 
-[...2 lines deleted...]
-  <si>
     <t>Жёсткий диск для ноутбука Western Digital Blue HDD 1Тb WD10SPZX 2,5" 
  ( Артикул - WD10SPZX, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 128 Мб, В упаковке - 50, Вес - 0.45кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 27828, Объём памяти - 1 TB, Потребление энергии - 1.5 Вт, Скорость вращения шпинделя - 5400 об/мин, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 2,5", Штрихкод - WD10SPZX-21Z10T0)</t>
   </si>
   <si>
     <t>Твердотельный накопитель Samsung  MZ-76E250BW 
  ( Артикул - MZ-76E250BW, Базовая единица - шт, Бренд - Samsung, В упаковке - 10, Вес - 0.1кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 29897, Объём памяти - 500 GB, Скорость записи - до 520 Мб/с, Скорость чтения - до 550 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - 3D TLC, Тип упаковки - Цветная коробка, Форм-фактор - 2.5", Штрихкод - 8806088931814)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний ASRock T-FORCE DELTA PG 250GB 
  ( Артикул - T253PG250G3C313, Базовая единица - шт, Бренд - ASRock, В упаковке - 50, Вес - 0.6кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 28192, Объём памяти - 250 GB, Особенности - RGB подсветка, Скорость записи - до 500 Мб/сек, Скорость чтения - до 560 Мб/сек, Тип жёсткого диска - SSD, Тип памяти - NAND Flash, Тип упаковки - Цветная коробка, Форм-фактор - 2.5", Штрихкод - 765441044371)</t>
   </si>
   <si>
     <t>Жёсткий диск HDD 2Tb Toshiba SATA6Gb/s 7200rpm 64Mb 3,5" HDWD120UZSVA 
  ( Артикул - HDWD120UZSVA, Базовая единица - шт, Бренд - TOSHIBA, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.4кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21978, Объём памяти - 2 TB, Потребление энергии - 6.4 Вт, Скорость вращения шпинделя - 7200 оборотов/мин., Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5")</t>
   </si>
   <si>
     <t>Жёсткий диск HDD 2Tb Seagate Barracuda SATA6Gb/s 7200rpm 256Mb 3,5" ST2000DM008 
  ( Артикул - ST2000DM008, Базовая единица - шт, Бренд - Seagate, Буфер HDD - 256 Мб, В упаковке - 20, Вес - 0.63кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 28489, Объём памяти - 2 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 60°С, Скорость вращения шпинделя - 7200 оборотов/мин., Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - ST2000DM008)</t>
   </si>
   <si>
     <t>Жёсткий диск для видеонаблюдения Western Digital Purple HDD 2Tb WD20PURZ 
  ( Артикул - WD20PURZ, Базовая единица - шт, Бренд - Western Digital, Буфер HDD - 64 Мб, В упаковке - 20, Вес - 0.64кг, Интерфейс - SATA 3.0 (6Гб/с), Код - 21820, Объём памяти - 2 TB, Потребление энергии - 4.4 Вт - в рабочем режиме, Рабочая температура - 0 - 65°С, Скорость вращения шпинделя - 5400 об/мин, Скорость передачи данных - 145 Мбайт/с, Тип жёсткого диска - HDD, Тип упаковки - Плёнка, Формат HDD - 3.5", Цвет - Серебристый, Штрихкод - WD20PURZ-85GU6Y0)</t>
   </si>
   <si>
     <t>Твердотельный накопитель внутренний Gigabyte GSTFS31480GNTD 
@@ -765,82 +765,82 @@
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox MB520 без Б/П 
  ( Артикул - MCB-B520-KANN-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 6.5кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29180, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 496*217*468мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512073469)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MATREXX 50 ADD-RGB 3F без Б/П 
  ( Артикул - DP-ATX-MATREXX50-AR-3F-US, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 9.35кг, Код - 30216, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 442X210X479 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 6933412714033)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MACUBE 310P BK без Б/П 
  ( Артикул - GS-ATX-MACUBE310P-BKG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 10.34кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31548, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 424.6X215X494.6 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714071)</t>
   </si>
   <si>
     <t>Компьютерный корпус Aerocool Klaw без Б/П 
  ( Артикул - ACCM-PB13033.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 8.74кг, Дополнительное охлаждение (предустановленное) - Верхняя .панель: 12 см RGB вентилятор x 2, Зад. панель: 12 см RGB вентилятор, Код - 28971, Количество отсеков 2.5 - 6 внутренних (4 х 2,5 и 2 х 2,5/3,5), Количество отсеков 3.5 - 2 внутренних отсека, Размер - 228x445.5x461 mm, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4718009157194)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master Silencio 352 MATTE (SIL-352M-KKN1) без Б/П 
  ( Артикул - SIL-352M-KKN1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 6.3кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1, Код - 18262, Количество отсеков 2.5 - 4 внутренних (2 из них конвертируются из 3.5"), Количество отсеков 3.5 - 1 внешний отсек, 2 внутренних отсека, Количество отсеков 5.25 - 1 внешний отсек, Модель - Silencio 352  (SIL-352M-KKN1), Размер - 200*378*453 мм, Слот для расширения - 4 слота, Стандарт блока питания - ATX, Стандарт материнской платы - microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, микрофон x 1, Аудио x 1, SD кардридер x 1, Цвет - Чёрный, Штрихкод - 4719512045275)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MACUBE 310P WH без Б/П 
  ( Артикул - GS-ATX-MACUBE310P-WHG0P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 10.34кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 31547, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 424.6X215X494.6 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714064)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Cougar Gemini S Iron Gray без Б/П 
+ ( Артикул - 385BMB0.0001, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 8.7кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3, Верх. панель: 14 см х2/12 см х 3, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30079, Количество отсеков 2.5 - 2+5, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 210 x495x463 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302442439)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Cougar Gemini S Silver без Б/П 
  ( Артикул - 385BMB0.0002, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 8.7кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3, Верх. панель: 14 см х2/12 см х 3, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 30080, Количество отсеков 2.5 - 2+5, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 210 x495x463 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX/CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302442507)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Cougar Gemini S Iron Gray без Б/П 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Thermaltake View 22 TG без Б/П 
  (  - стильный корпус с боковой панелью из закаленного стекла толщи - Для того, чтобы начинка вашего ПК была видна максимально, левая боковая панель выполнены из закаленного стекла толщиной 4мм. Использование закаленного стекла вместо традиционного пластика, гарантирует более высокую прочностью., Артикул - CA-1J3-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В случае, когда требуется максимум места в корпусе для установки - Структура корпуса View 22 Tempered Glass Edition рассчитана таким образом, чтобы максимально быстро отводить тепло с комплектующих ПК и штатно комплектуется вентилятором 120мм работающим на отток. Опционально можно установить до 2-х вентиляторов 140мм на передней панели и одного радиатора размером 360мм. Это позволяет собрать высокопроизводительные игровые или рабочие станции класса Hi-End., В упаковке - 1, Вес - 8.996кг, Встроенные вентиляторы - 1 x 120x120 мм, Габариты (ШхВхГ) - 223x467x491 мм, Код - 26093, Максимальная высота процессорного кулера - 160 мм, Максимальная длина видеокарты - 400 мм, Места для доп. вентиляторов - 4 x 140x140 мм, Механизм открывания - снимаются две стенки, Передняя дверь - есть, Передняя панель View 22 Tempered Glass Edition имеет изогнутую ф - Корпус имеет встроенный кожух для БП, в котором достаточно места, не только для укладки кабелей, но и чтобы спрятать неиспользуемые. Кроме того, такое решение придает аккуратный вид вашей сборке и улучшает вентиляцию., Расположение блока питания - горизонтальное, Слот для расширения - 7 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 2, Штрихкод - 4711246870925)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa N27 без Б/П 
  ( Артикул - CA-1H6-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 6.11кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26088, Количество отсеков 2.5 - 1 внутренний, Количество отсеков 3.5 - 3 внутренних, Размер - 502*201*473 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4717964407320)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Thermaltake Versa J25 TG без Б/П 
+ ( Артикул - CA-1L8-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.06кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26103, Количество отсеков 3.5 - 3 внутренних, Размер - 461*206*402 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874305)</t>
+  </si>
+  <si>
+    <t>Компьютерный корпус Thermaltake Versa J24 TG без Б/П 
+ ( Артикул - CA-1L7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.06кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26102, Количество отсеков 3.5 - 3 внутренних, Размер - 462*206*414 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874299)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Thermaltake Versa J23 TG без Б/П 
  ( Артикул - CA-1L6-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 9.62кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26101, Количество отсеков 3.5 - 2 внутренних, Размер - 447*205*455 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874282)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Versa J22 TG без Б/П 
  ( Артикул - CA-1L5-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 9.23кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 26100, Количество отсеков 3.5 - 2 внутренних, Размер - 447*205*455 мм, Слот для расширения - 7 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, Цвет - Чёрный, Штрихкод - 4711246874275)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Thermaltake Versa J25 TG без Б/П 
-[...6 lines deleted...]
-  <si>
     <t>Компьютерный корпус Aerocool NightHawk Duo без Б/П 
  ( Артикул - ACCM-PB20033.11, Базовая единица - шт, Бренд - Aerocool, В упаковке - 1, Вес - 7.9кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см Duo Fan вентилятор х 2; зад.панель: 12 см Duo Fan вентилятор x 1, Код - 30225, Количество отсеков 2.5 - 4 внутренних (2 из них конвертируются из 3.5"), Количество отсеков 3.5 - 2 внутренних отсека (1 х 3,5 и 1 х 2,5/3,5), Размер - 219x480x485 mm, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4710562752458)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 27 без Б/П 
  ( Артикул - CA-1G7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.32кг, Встроенные вентиляторы - 1 x 120x120 мм, Габариты (ШхВхГ) - 201x508x479 мм, Код - 26094, Максимальная высота процессорного кулера - 155 мм, Максимальная длина видеокарты - 410 мм, Места для доп. вентиляторов - 4 x 120x120 мм, Механизм открывания - снимаются две стенки, Расположение блока питания - горизонтальное, Слот для расширения - 10 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 2, Штрихкод - 4717964405388)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterBox E500 без Б/П 
  ( Артикул - MCB-E500-KG5N-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 8.27кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 2. Верх. панель: 12см/14см вент. х 2., Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 29181, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - 1 внешний отсек, Размер - 482*218*485 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 4719512077726)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Core V21 без Б/П 
  ( Артикул - CA-1D5-00S1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 8.5кг, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см вентилятор х 1, Код - 27813, Количество отсеков 3.5 - 3 внутренних, Размер - 336*320*424 мм, Слот для расширения - 5 слотов, Стандарт материнской платы - ATX/microATX/Mini-ITX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964400192)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool EARLKASE RGB V2 без Б/П 
  ( Артикул - EARLKASE RGB V2, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 9.98кг, Дополнительное охлаждение (предустановленное) - Зад.панель: 12 см вентилятор х 1, Код - 25117, Количество отсеков 2.5 - 2+2, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 500*203,5*510,5 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX / Micro-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 1, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрно-Серый, Штрихкод - 6933412713593)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool MATREXX 55 MESH ADD-RGB 4F без Б/П 
  ( Артикул - DP-ATX-MATREXX55-MESH-AR-4F, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 8.33кг, Дополнительное охлаждение (опция) - Фронт.панель: 14 см вент. х 3. Верх. панель: 12см/14см вент. х 3., Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см ARGB вентилятор x 3, Зад, панель : 12 см ARGB вентилятор х 1, Код - 32817, Количество отсеков 2.5 - 4 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 440X210X480 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 1, USB 2.0 x 2, HD Audio, микрофон x 1,, Цвет - Чёрный, Штрихкод - 6933412714149)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool EARLKASE RGB WH без Б/П 
@@ -1005,58 +1005,58 @@
   <si>
     <t>Компьютерный корпус Cougar Gemini T без Б/П 
  ( Артикул - 106KMT0004-01, Базовая единица - шт, Бренд - Cougar, В упаковке - 1, Вес - 12.74кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см х 3/14 см х 2, Верх. панель: 14 см х2/12 см х 2, Боковая панель: 12 см х 2, Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см вентилятор x 1; зад.панель: 12 см вентилятор x 1, Код - 30078, Количество отсеков 2.5 - 3 внутренних, Количество отсеков 3.5 - 2 внутренних отсека, Размер - 227х535х527 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - CEB/ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.1 x 1, USB 3.0 x 2, HD Audio, микрофон x 1, RGB контроллер, Цвет - Чёрный, Штрихкод - 4715302441876)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake Core P3 без Б/П 
  ( Артикул - CA-1G4-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 15.99кг, Код - 26075, Размер - 512*333*470 мм, Стандарт материнской платы - ATX / Micro-ATX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964405050)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterCase H500 Iron Grey без Б/П 
  ( Артикул - MCM-H500-IGNN-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 10.72кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см/14 /20см х 2. Верх. панель: 12см/14см х 2 / 20см х 1, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см RGB вентилятор х 2, зад панель: 12 см  вентилятов х 1, Код - 29175, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 450х220х445 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - ATX/microATX/Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, Аудио x 1, LED Control, Цвет - Чёрный, Штрихкод - 4719512072172)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 31 TG RGB без Б/П 
  ( Артикул - CA-1H8-00M1WN-01, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Встроенные вентиляторы - 3 x 140x140 мм, Габариты (ШхВхГ) - 250x497x511 мм, Код - 26097, Корпус View 31 TG RGB Tempered Glass Mid-Tower Chassis имеет две - Для того, чтобы начинка вашего ПК была видна максимально, левая и правая боковые панели выполнены из закаленного стекла толщиной 4мм. Использование закаленного стекла вместо традиционного пластика, гарантирует более высокую прочностью., Максимальная высота процессорного кулера - 180 мм, Максимальная длина видеокарты - 420 мм, Места для доп. вентиляторов - 2 x 140x140 мм, 2 x 200x200 мм, Механизм открывания - снимаются две стенки, При желании, видеокарту можно установить лицом к боковой панели  - Для зашиты от пыли используются специальные пылевые фильтры, которые легко снять и почистить. На верхней панели пылевой фильтр крепится с помощью магнитной ленты, что обеспечивает равномерное и плотное прилегание. Нижний фильтр тонкой очистки призван уменьшить проникновение мелкой пыли внутрь корпуса., Расположение блока питания - горизонтальное, Слот для расширения - 10 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 3, Штрихкод - 4717964407832)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterCase MC600P без Б/П 
  ( Артикул - MCM-M600P-KG5N-S00, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 15.76кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 3. Верх. панель: 12см/14см вент. х 2. Зад.панель: 12см/14см вент., Дополнительное охлаждение (предустановленное) - Фронт.панель: 14 см вентилятор x 2; зад: 14 см вентилятор x 1, Код - 29176, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 4, 8 или 10 (2.5"/3,5"), Количество отсеков 5.25 - 2 внешних отсека, Размер - 544х235х548 мм, Слот для расширения - 7 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512065556)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 32 TG RGB без Б/П 
  ( 1 - Габариты (ШхВхГ), 1 год - , 12.87кг - Штрихкод, 160 мм - Максимальная длина видеокарты, 2 - Механизм открывания, 227x480x524 мм - Типоразмер, 26098 - Базовая единица, 3 x 120x120 мм - Расположение блока питания, 400 мм - Материал корпуса, 4711246870918 - Гарантия, 7 слотов - Форм-фактор, ATX, mATX, EATX, Mini-ITX - Вес, CA-1J2-00M1WN-00 - Код, midi-tower - Максимальная высота процессорного кулера, Thermaltake - Артикул, View 32 TG RGB имеет 256-цветную подсветку вентиляторов благодар - Бренд, горизонтальное - Слот для расширения, Компания Thermaltake объединила красоту и производительность в д - Четыре панели из закаленного стекла толщиной 4 мм (спереди, сверху и с обеих сторон) придают корпусу стильный внешний вид, имеют высокую прочность и стойки к царапинам. Благодаря тому, что боковые панели крепятся на петлях и легко снимаются, пользователь имеет легкий доступ к начинке ПК., снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
+    <t>Компьютерный корпус Bequiet! Silent Base 801 Window Orange 
+ ( WINDOW ORANGE - БЕСШУМНАЯ РАБОТА И ФУНКЦИОНАЛЬНОСТЬ, Артикул - BGW28, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 1, Вес - 14.95кг, Встроенные вентиляторы - 3 x 140x140 мм, Габариты (ШхВхГ) - 281x553x539 мм, Код - 30028, Максимальная высота процессорного кулера - 185 мм, Максимальная длина видеокарты - 449 мм, Места для доп. вентиляторов - 5 x 140x140 мм, Механизм открывания - снимаются две стенки, Передняя дверь - есть, Расположение блока питания - горизонтальное, Слот для расширения - 9 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Цвет светодиодной подсветки - RGB, Число внутренних отсеков 3,5" - 5, Штрихкод - 4260052187081)</t>
+  </si>
+  <si>
     <t>Компьютерный корпус Bequiet! Silent Base 801 Window Silver 
  ( WINDOW SILVER - БЕСШУМНАЯ РАБОТА И ФУНКЦИОНАЛЬНОСТЬ, Артикул - BGW30, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 1, Вес - 15.02кг, Встроенные вентиляторы - 3 x 140x140 мм, Габариты (ШхВхГ) - 243x586x577 мм, Код - 30029, Максимальная высота процессорного кулера - 185 мм, Максимальная длина видеокарты - 472 мм, Места для доп. вентиляторов - 1 x 120x120 мм, 3 x 140x140 мм, 1 x 180x180 мм, Механизм открывания - снимаются две стенки, Передняя дверь - есть, Расположение блока питания - внизу, Слот для расширения - 8 слотов, Типоразмер - Full-Tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Цвет светодиодной подсветки - RGB, Число внутренних отсеков 3,5" - 5, Штрихкод - 4260052187104)</t>
   </si>
   <si>
-    <t>Компьютерный корпус Bequiet! Silent Base 801 Window Orange 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерный корпус Thermaltake Core P5 без Б/П 
  ( Артикул - CA-1E7-00M1WN-00, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 15.99кг, Код - 26076, Размер - 608*333*570 мм, Стандарт материнской платы - ATX / Micro-ATX, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD Audio, микрофон x 1, Цвет - Чёрный, Штрихкод - 4717964402516)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MasterCase H500P Mesh без Б/П 
  ( Артикул - MCM-H500P-MGNN-S10, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 14.39кг, Дополнительное охлаждение (опция) - Верх.панель: 12/14 см вентилятор x 3;, Дополнительное охлаждение (предустановленное) - Фронт.панель: 20 см RGB вентилятор х 2, зад панель: 14 см  вентилятов х 1, Код - 29174, Количество отсеков 2.5 - 2 внутренних, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - нет, Размер - 544х248х546 мм, Слот для расширения - 7+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX /ATX / Micro-ATX /Mini-ITX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, микрофон x 1, аудио x 1, Цвет - Чёрный, Штрихкод - 4719512070185)</t>
   </si>
   <si>
     <t>Компьютерный корпус Deepcool DUKASE LIQUID без Б/П 
  ( Артикул - DP-ATX-DUKBK-LIQUID2, Базовая единица - шт, Бренд - Deepcool, В упаковке - 1, Вес - 10.45кг, Код - 23164, Штрихкод - 6933412713241)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master Trooper SE без Б/П 
  ( Артикул - SGC-5000-KWN2, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 1, Вес - 15.16кг, Дополнительное охлаждение (опция) - Фронт.панель: 12 см /14 см вент. х 3. Верх. панель: 12см/14см вент. х 2. Зад.панель: 12см/14см вент., Дополнительное охлаждение (предустановленное) - Фронт.панель: 12 см LED RED вент. x2;  верх, панель: 20 см вент. х 1 зад панель: 14 см вент. x 1, Код - 29171, Количество отсеков 2.5 - 4 +1 для X-Dock, Количество отсеков 3.5 - 2 внутренних, Количество отсеков 5.25 - 1 внешний отсек, Размер - 578,5х205х605,6 мм, Слот для расширения - 9+2 слотов, Стандарт блока питания - ATX, Стандарт материнской платы - E-ATX / XL-ATX /ATX / Micro-ATX /Mini-ATX, Тип упаковки - Цветная коробка, Фронтальная панель - USB 3.0 x 2, USB 2.0 x 2, HD-аудио, регулятор скорости вращения куллеров и яркости подсветки, Цвет - Чёрный, Штрихкод - 4719512065396)</t>
   </si>
   <si>
     <t>Компьютерный корпус Bequiet! Dark Base 700 
  ( 1 - Габариты (ШхВхГ), 14.88кг - Штрихкод, 180 мм - Максимальная длина видеокарты, 2 x 140x140 мм - Места для доп. вентиляторов, 241x519x544 мм - Типоразмер, 3 года - , 30027 - Базовая единица, 4260052185742 - Гарантия, 430 мм - Материал корпуса, 5 - Механизм открывания, 6 x 140x140 мм - Расположение блока питания, 9 слотов - Форм-фактор, ATX, mATX, EATX, Mini-ITX - Вес, Bequiet! - Артикул, BGW23 - Код, midi-tower - Максимальная высота процессорного кулера,   - Бренд, горизонтальное - Передняя дверь, есть - Слот для расширения, снимаются две стенки - Встроенные вентиляторы, сталь - Число внутренних отсеков 3,5", шт - В упаковке)</t>
   </si>
   <si>
     <t>Компьютерный корпус Thermaltake View 37 RGB Plus без Б/П 
  ( Артикул - CA-1J7-00M1WN-01, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 1, Вес - 12.87кг, Встроенные вентиляторы - 3 x 140x140 мм, Габариты (ШхВхГ) - 261x525x538 мм, Код - 27290, Максимальная высота процессорного кулера - 180 мм, Максимальная длина видеокарты - 410 мм, Механизм открывания - снимаются две стенки, Расположение блока питания - горизонтальное, Слот для расширения - 10 слотов, Типоразмер - midi-tower, Форм-фактор - ATX, mATX, EATX, Mini-ITX, Число внутренних отсеков 3,5" - 3, Штрихкод - 4711246872158)</t>
   </si>
   <si>
     <t>Компьютерный корпус Cooler Master MASTERCASE SL600M без Б/П 
@@ -1256,58 +1256,58 @@
   <si>
     <t>Модуль памяти Kingston HyperX Fury RGB HX434C16FB3A/16 DDR4 16G 3466MHz 
  ( Артикул - HX434C16FB3A/16, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 30615, Количество модулей в комплекте - 1 модуль, Латентность - CL 16, Объём памяти - 16 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 27700 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3466 МГц, Штрихкод - 740617296174)</t>
   </si>
   <si>
     <t>Комплект модулей памяти ASRock XCALIBUR PG BLACK UD-D4 8GBx2 3200 (TF8D416G3200HC16CDC01) 
  ( Артикул - TF8D416G3200HC16CDC01, Базовая единица - шт, Бренд - ASRock, В упаковке - 10, Вес - 0.3кг, Код - 28191, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 16 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 28800 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 765441644625)</t>
   </si>
   <si>
     <t>Комплект модулей памяти ASRock XCALIBUR PG BLACK UD-D4 8GBx2 3600 (TF8D416G3600HC18EDC01) 
  ( Артикул - TF8D416G3600HC18EDC01, Базовая единица - шт, Бренд - ASRock, В упаковке - 10, Вес - 0.3кг, Код - 30431, Количество модулей в комплекте - 2 модуля, Латентность - CL 18, Объём памяти - 16 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 28800 Мб/сек, Тайминги - 18-20-20, Частота функционирования - до 3600 МГц, Штрихкод - 765441644106)</t>
   </si>
   <si>
     <t>Комплект модулей памяти Kingston HyperX Fury RGB HX434C16FB3AK2/16 DDR4 16G (2x8G) 3466MHz 
  ( Артикул - HX434C16FB3AK2/16, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 30620, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 16 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 27700 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3466 МГц, Штрихкод - 740617296228)</t>
   </si>
   <si>
     <t>Комплект модулей памяти ASRock XCALIBUR PG BLACK UD-D4 8GBx2 4000 (TF8D416G4000HC18EDC01) 
  ( Артикул - TF8D416G4000HC18EDC01, Базовая единица - шт, Бренд - ASRock, В упаковке - 10, Вес - 0.3кг, Код - 30432, Количество модулей в комплекте - 2 модуля, Латентность - CL 18, Объём памяти - 16 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 32000 Мб/сек, Тайминги - 18-20-20, Частота функционирования - до 4000 МГц, Штрихкод - 765441644090)</t>
   </si>
   <si>
     <t>Комплект модулей памяти Kingston HyperX Fury HX426C16FB3K2/32 DDR4 32G (2x16G) 2666MHz 
  ( Артикул - HX426C16FB3K2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 31063, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 32 GB, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 21300 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 2666 МГц, Штрихкод - 740617293357)</t>
   </si>
   <si>
+    <t>Комплект модулей памяти Kingston HyperX Fury HX432C16FB3K2/32 DDR4 32G (2x16G) 3200MHz 
+ ( Артикул - HX432C16FB3K2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 31062, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 32 GB, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 25600 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 740617296280)</t>
+  </si>
+  <si>
     <t>Комплект модулей памяти Kingston HyperX Fury HX430C15FB3K2/32 DDR4 32G(2x16G) 3000MHz 
  ( Артикул - HX430C15FB3K2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 31064, Количество модулей в комплекте - 2 модуля, Латентность - CL 15, Объём памяти - 32 GB, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 24000 Мб/сек, Тайминги - 15-17-17, Частота функционирования - до 3000 МГц, Штрихкод - 740617296464)</t>
   </si>
   <si>
-    <t>Комплект модулей памяти Kingston HyperX Fury HX432C16FB3K2/32 DDR4 32G (2x16G) 3200MHz 
-[...2 lines deleted...]
-  <si>
     <t>Комплект модулей памяти Kingston HyperX Predator HX432C16PB3K2/32 
  ( Артикул - HX432C16PB3K2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 28398, Количество модулей в комплекте - 2 модуля, Латентность - CL 17, Объём памяти - 32 GB, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 23466 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 740617283945)</t>
   </si>
   <si>
     <t>Комплект модулей памяти Kingston HyperX Fury RGB HX432C16FB3AK2/32 DDR4 32G (2x16G) 3200MHz 
  ( Артикул - HX432C16FB3AK2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 30619, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 32 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 25600 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 740617296259)</t>
   </si>
   <si>
     <t>Комплект модулей памяти Kingston HyperX Fury RGB HX432C16FB3AK4/32 DDR4 32G (4x8G) 3200MHz 
  ( Артикул - HX432C16FB3AK4/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 30618, Количество модулей в комплекте - 4 модуля, Латентность - CL 16, Объём памяти - 32 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 25600 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 740617296303)</t>
   </si>
   <si>
     <t>Комплект модулей памяти ASRock XCALIBUR PG BLACK UD-D4 16GBx2 3200 (TF8D432G3200HC16CDC01) 
  ( Артикул - TF8D432G3200HC16CDC01, Базовая единица - шт, Бренд - ASRock, В упаковке - 10, Вес - 0.3кг, Код - 30590, Количество модулей в комплекте - 2 модуля, Латентность - CL 18, Объём памяти - 32 GB, Особенности - RGB подсветка, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 25600 Мб/сек, Тайминги - 18-20-20, Частота функционирования - до 3200 МГц, Штрихкод - 765441646872)</t>
   </si>
   <si>
     <t>Комплект модулей памяти Kingston HyperX Predator RGB HX432C16PB3AK2/32 
  ( Артикул - HX432C16PB3AK2/32, Базовая единица - шт, Бренд - HyperX, В упаковке - 10, Вес - 0.085кг, Код - 28399, Количество модулей в комплекте - 2 модуля, Латентность - CL 16, Объём памяти - 32 GB, Охлаждение - Радиаторы на чипах памяти, Пропускная способность памяти - 25600 Мб/сек, Тайминги - 16-18-18, Частота функционирования - до 3200 МГц, Штрихкод - 740617289831)</t>
   </si>
   <si>
     <t>Охлаждение</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool ALTA 9 
  ( TDP - 65W, Артикул - ALTA 9  DP-ICAP-AT9, Базовая единица - шт, Бренд - Deepcool, В упаковке - 64, Вес - 0.266кг, Воздушный поток - 42,35CFM, Габариты - 113х113х58,5 мм, Код - 16097, Назначение - Для процессора, Особенности - на защёлках, Охлаждающие вентиляторы - Кулер 92мм, Потребляемая мощность - 1,68 Вт, Скорость вращения - 2000±10% об/мин, Совместимость с сокетом - Intel LGA1150/1155/1156/775, Тип упаковки - Цветная коробка, Уровень шума - 26,3 дБА, Цвет - Чёрный, Штрихкод - 6933412707899)</t>
@@ -1339,62 +1339,62 @@
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX 200T 
  ( TDP - 95W, Артикул - GAMMAXX 200T DP-MCH2-GMX200T, Базовая единица - шт, Бренд - Deepcool, В упаковке - 24, Вес - 0.521кг, Воздушный поток - 54,25CFM, Габариты - 128х70,5х131,5 мм, Код - 16092, Назначение - Для процессора, Особенности - Две медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 1,56 Вт, Скорость вращения - 900±150 - 1600±10% об/мин, Совместимость с сокетом - Intel LGA 1150/1151/1155/1156/775+AM4/AM3+/AM3/AM2+/AM2/FM2/FM1, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 26,1 дБА, Цвет - Чёрно-Синий, Штрихкод - 6933412725732)</t>
   </si>
   <si>
     <t>Кулер для процессора Aerocool Verkho 2 Dual 
  ( TDP - 120W, Артикул - ACTC-NA20230.01, Базовая единица - шт, Бренд - Aerocool, В упаковке - 40, Вес - 0.408кг, Воздушный поток - 27,5-9,6CFM / 21,9-54,7CFM, Габариты - 135 x101 x103 мм, Код - 23959, Назначение - Для процессора, Особенности - Две медные тепловые трубки, Охлаждающие вентиляторы - Кулер 90мм / Кулер 80мм, Потребляемая мощность - 1,8 Вт, Скорость вращения - 800 - 2000 об/мин / 1000 - 2300 об/мин, Совместимость с сокетом - Intel LGA 1150/1151/1155/1156/775+AMD/FM2/FM1/AM3+/AM3/AM2/AM2+, Тип упаковки - Цветная коробка, Уровень шума - 15 - 25 дБА / 17-27 дБА, Цвет - Чёрный, Штрихкод - 4713105960907)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX 300 
  ( TDP - 130W, Артикул - GAMMAXX 300 DP-MCH3-GMX300, Базовая единица - шт, Бренд - Deepcool, В упаковке - 24, Вес - 0.584кг, Воздушный поток - 55,5CFM, Габариты - 121х75,5х135,7 мм, Код - 16091, Назначение - Для процессора, Особенности - Три медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 1,56 Вт, Скорость вращения - 900±150 - 1600±10% об/мин, Совместимость с сокетом - Intel LGA 1366/1150/1151/1156/1155/775+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 21 дБА, Цвет - Чёрно-Синий, Штрихкод - 6933412708124)</t>
   </si>
   <si>
     <t>Кулер для процессора Thermaltake Contact 16 
  ( TDP - 100W, Артикул - CLP0598, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 18, Вес - 0.823кг, Код - 27310, Штрихкод - 471687205368)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool ICE BLADE 200M 
  ( TDP - 130W, Артикул - ICE BLADE 200M DP-MC8H2-IB200M, Базовая единица - шт, Бренд - Deepcool, В упаковке - 24, Вес - 0.75кг, Воздушный поток - 42,95CFM, Габариты - 103х135х94 мм, Код - 16090, Назначение - Для процессора, Особенности - Три медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 2,4 / 2,28 Вт, Скорость вращения - 2200±10% / 900±150 - 2200±10% об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 30дБА, Цвет - Чёрно-Синий, Штрихкод - 6933412725466)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX 300R 
  ( TDP - 130W, Артикул - DP-MCH3-GMX300RD, Базовая единица - шт, Бренд - Deepcool, В упаковке - 24, Вес - 0.58кг, Воздушный поток - 40 CFM, Габариты - 121х77х135.5 мм, Код - 31844, Назначение - Для процессора, Особенности - Три медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см LED (Красный), Потребляемая мощность - 1,8 Вт, Скорость вращения - 900±150 - 1600±10% об/мин, Совместимость с сокетом - Intel LGA 1200/1366/115х + AMD AM4/AM3+/AM3/AM2+/AM2/FM2+/FM2/FM1, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 21 дБА, Цвет - Чёрно-Серый, Штрихкод - 6933412726081)</t>
   </si>
   <si>
+    <t>Кулер для процессора Bequiet! Pure Rock Slim 
+ ( Socket - LGA1150/1151/1155/S1156, AM2, AM2+, AM3/AM3+/FM1, FM2/FM2+, Артикул - BK008, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 16, Вес - 0.623кг, Воздушный поток - 35.14 CFM, Код - 30040, Количество вентиляторов - 1 шт, Количество тепловых трубок - 3, Назначение - Для процессора, Подсветка - отсутствует, Размеры вентилятора - 92x92x25 мм, Размеры кулера (ШхВxГ) - 97x125x82 мм, Регулятор оборотов - отсутствует, Скорость вращения - 2000 об/мин, Тип коннектора - 4-pin PWM, Уровень шума - 25.4 дБ, Штрихкод - 4260052185254)</t>
+  </si>
+  <si>
     <t>Кулер для процессора Deepcool GAMMAXX 400 V2 RED 
  ( TDP - 180W, Артикул - DP-MCH4-GMX400V2-RD, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.842кг, Воздушный поток - 64,5CFM, Габариты - 129х77х157,5 мм, Код - 31555, Назначение - Для процессора, Особенности - Четыре 6-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 2,16 Вт, Скорость вращения - 500 - 1650 об/мин, Совместимость с сокетом - Intel LGA 2066/2011/115Х+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 27,8дБА, Цвет - Чёрно-Серебристый, Штрихкод - 6933412726821)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX 400 V2 BLUE 
  ( TDP - 180W, Артикул - DP-MCH4-GMX400V2-BL, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.842кг, Воздушный поток - 64,5CFM, Габариты - 129х77х157,5 мм, Код - 31554, Назначение - Для процессора, Особенности - Четыре 6-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 2,16 Вт, Скорость вращения - 500 - 1650 об/мин, Совместимость с сокетом - Intel LGA 1200/1366/115х + AMD AM4/AM3+/AM3/AM2+/AM2/FM2+/FM2/FM1, Тип упаковки - Цветная коробка, Уровень шума - 27,8дБА, Цвет - Чёрно-Серебристый, Штрихкод - 6933412726890)</t>
   </si>
   <si>
-    <t>Кулер для процессора Bequiet! Pure Rock Slim 
-[...2 lines deleted...]
-  <si>
     <t>Кулер для процессора Thermaltake Contact 9 
  ( TDP - 140, Артикул - CL-P049-AL09BL-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 16, Вес - 0.823кг, Код - 28770, Штрихкод - 4711246871991)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX 400 
  ( TDP - 130W, Артикул - GAMMAXX 400 DP-MCH4-GMX400, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.905кг, Воздушный поток - 74,34CFM, Габариты - 135х80х154,5 мм, Код - 16089, Назначение - Для процессора, Особенности - Четыре медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 3 Вт, Скорость вращения - 900±150 - 1500±10% об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155/775+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 -30 дБА, Цвет - Чёрный, Штрихкод - 6933412725992)</t>
   </si>
   <si>
     <t>Кулер для процессора Cooler Master Hyper H411R 
  ( Артикул - RR-H411-20PW-R1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 18, Вес - 0.708кг, Код - 29190, Штрихкод - 4719512064375)</t>
   </si>
   <si>
     <t>Кулер для процессора Aerocool Cylon 3 ARGB PWM 4P 
  ( TDP - 125W, Артикул - ACTC-CL30310.71, Базовая единица - шт, Бренд - Aerocool, В упаковке - 24, Вес - 0.75кг, Воздушный поток - 24,1 - 60.8CFM, Габариты - 126х138х95 мм, Дополнительная информация - Ограничение по высоте модуля памяти до 35мм, Код - 29981, Назначение - Для процессора, Особенности - Три тепловые трубки, Охлаждающие вентиляторы - Кулер 12см ARGB, Потребляемая мощность - 6,84 Вт, Скорость вращения - 600 - 1800 об/мин, Совместимость с сокетом - Intel LGA 1150/1151/1155/1156/775+AM4/AM3+/AM3/AM2+/AM2/FM2/FM1, Тип упаковки - Цветная коробка, Уровень шума - 13.3-24.3 дБА, Цвет - Черный, Штрихкод - 4710562750225)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX C40 
  ( TDP - 130W, Артикул - DP-MCH4-GMX-C40P, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.814кг, Воздушный поток - 33,4CFM, Габариты - 92*83.8*137, Код - 28684, Назначение - Для процессора, Особенности - Четыре 6-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 92мм, Потребляемая мощность - 0,784 Вт, Скорость вращения - 500- 2000±10% об/мин, Совместимость с сокетом - Intel LGA 2066/2011/115Х+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 23,9 дБА, Цвет - Чёрно-Синий, Штрихкод - 6933412726548)</t>
   </si>
   <si>
     <t>Кулер для процессора Aerocool Cylon 4 ARGB PWM 4P 
  ( TDP - 145W, Артикул - ACTC-CL30410.01, Базовая единица - шт, Бренд - Aerocool, В упаковке - 20, Вес - 0.967кг, Воздушный поток - 26.1 - 52.5CFM, Габариты - 126.5х76х155 мм, Код - 29982, Назначение - Для процессора, Особенности - Четыре тепловые трубки, Охлаждающие вентиляторы - Кулер 12см ARGB, Потребляемая мощность - 7,2 Вт, Скорость вращения - 800 - 1800 об/мин, Совместимость с сокетом - Intel LGA 2066/2011/1366/1150/1151/1156/1155/775+AM4/AM3+/AM3/AM2+/AM2/FM2/FM1, Тип упаковки - Цветная коробка, Уровень шума - 14 -  26 дБА, Цвет - Черный, Штрихкод - 4718009159600)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX GT V2 
@@ -1427,58 +1427,58 @@
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX GT TUF 
  ( TDP - 150W, Артикул - GAMMAXX GT TUF DP-MCH4-GMX-GT-TUF, Базовая единица - шт, Бренд - Deepcool, В упаковке - 12, Вес - 1.089кг, Воздушный поток - 56,5CFM, Габариты - 135 х 84,8 х 156 мм, Код - 28956, Назначение - Для процессора, Особенности - Четыре медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см RGB, Потребляемая мощность - 1,32 Вт, Скорость вращения - 500 - 1500 об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155+AMD FM2+/FM2/FM1/TR4/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 27 дБА, Цвет - Чёрно-Жёлтый, Штрихкод - 6933412726517)</t>
   </si>
   <si>
     <t>Кулер для процессора Bequiet! Pure Rock 
  ( Socket - LGA775, LGA1150/1151/1155/S1156, LGA1356/S1366, LGA2011/2011-3 (Square ILM), AM2, AM2+, AM3/AM3+/FM1, Артикул - BK009, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 16, Вес - 1.099кг, Воздушный поток - 51.4 CFM, Код - 30041, Количество вентиляторов - 1 шт, Количество тепловых трубок - 4, Максимальная рассеиваемая мощность, Вт - 150, Назначение - Для процессора, Подсветка - отсутствует, Размеры вентилятора - 120x120x25 мм, Размеры кулера (ШхВxГ) - 121x155x88 мм, Регулятор оборотов - отсутствует, Скорость вращения - 1500 об/мин, Тип коннектора - 4-pin PWM, Уровень шума - 19.1 - 26.8 дБ, Штрихкод - 4260052183915)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool GAMMAXX GT A-RGB 
  ( TDP - 180W, Артикул - GAMMAXX GT A-RGB DP-MCH4-GMX-GTE2-ARGB, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.89кг, Воздушный поток - 64,5CFM, Габариты - 129х77х157,5 мм, Код - 32205, Назначение - Для процессора, Особенности - Четыре 6-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см ARGB, Потребляемая мощность - 1,68 Вт, Скорость вращения - 500 - 1650 об/мин, Совместимость с сокетом - Intel LGA 2066/2011/115Х+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 27,8дБА, Цвет - Чёрно-Серебристый, Штрихкод - 6933412726838)</t>
   </si>
   <si>
     <t>Кулер для процессора Cooler Master MA410P TUF 
  ( TDP - 150W, Артикул - MAP-T4PN-AFNPC-R1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 10, Вес - 1.079кг, Воздушный поток - 53,4CFM, Габариты - 116 х 110,1 х165 мм, Код - 29193, Назначение - Для процессора, Особенности - Четыре 6-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 3,36 Вт, Скорость вращения - 650 - 2000±10% об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 - 27 дБА, Цвет - Чёрно-Жёлтый, Штрихкод - 4719512074480)</t>
   </si>
   <si>
     <t>Кулер для процессора Cooler Master Hyper 212 RGB 
  ( TDP - 150W, Артикул - RR-212S-PGPC-R1, Базовая единица - шт, Бренд - Cooler Master, В упаковке - 10, Вес - 1.143кг, Воздушный поток - 57,3CFM, Габариты - 120х79.6х158.8 мм, Код - 29192, Назначение - Для процессора, Особенности - Четыре медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 3.6 Вт, Скорость вращения - 650 - 2000±10% об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 8 - 30 дБА, Цвет - Чёрный, Штрихкод - 4719512078037)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool ICE BLADE PRO V2.0 
  ( TDP - 150W, Артикул - ICE BLADE PRO V2.0 DP-MCH4-IBPV2, Базовая единица - шт, Бренд - Deepcool, В упаковке - 8, Вес - 1.439кг, Воздушный поток - 60,29CFM, Габариты - 125х70х161 мм, Код - 16087, Назначение - Для процессора, Особенности - Четыре 8-мм медные тепловые трубки, Охлаждающие вентиляторы - Кулер 12см, Потребляемая мощность - 3 Вт, Скорость вращения - 900±150 - 1500±10% об/мин, Совместимость с сокетом - Intel LGA 2011/1366/1150/1151/1156/1155/775+AMD FM2+/FM2/FM1/AM4/AM3+/AM3/AM2+/AM2, Тип упаковки - Цветная коробка, Уровень шума - 17,8 -30 дБА, Цвет - Чёрный, Штрихкод - 6933412725138)</t>
   </si>
   <si>
+    <t>Кулер для процессора Thermaltake Riing Silent 12 Red Air 
+ ( TDP - 150W, Артикул - CL-P022-AL12RE-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 8, Вес - 1.051кг, Код - 27306, Штрихкод - 4717964404312)</t>
+  </si>
+  <si>
     <t>Кулер для процессора Thermaltake Riing Silent 12 Blue Air 
  ( TDP - 150W, Артикул - CL-P022-AL12BU-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 8, Вес - 1.051кг, Код - 28771, Штрихкод - 4717964404305)</t>
   </si>
   <si>
-    <t>Кулер для процессора Thermaltake Riing Silent 12 Red Air 
-[...2 lines deleted...]
-  <si>
     <t>Кулер для процессора Thermaltake Riing Silent 12 RGB Sync 
  ( Артикул - CL-P052-AL12SW-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 8, Вес - 1.051кг, Воздушный поток - 53 CFM, Время безотказной работы - 40000 ч, Код - 26156, Количество вентиляторов - 1 шт, Назначение - Для корпуса, Размеры вентилятора (ДхШхВ) - 120x120x25 мм, Скорость вращения - 500 - 1500 об/мин, Созданный специально для энтузиастов и геймеров, Thermaltake Rii - В качестве активного охлаждения используется кулер с запатентованной подсветкой на 256 цветов, которую можно синхронизировать с подсветкой материнских плат поддерживающих технологии ASUS Aura Sync, ASRock RGB LED, BIOSTAR Vivid LED DJ, GIGABYTE RGB Fusion и MSI Mystic Light Sync. Кулер Riing Silent 12 RGB Sync Edition поддерживает все актуальный процессорные разъемы Intel и AMD., Тип коннектора - 4-pin PWM, Уровень шума - 22 дБА, Цвет подсветки - разноцветный, Штрихкод - 4711246872769)</t>
   </si>
   <si>
     <t>Кулер для процессора Bequiet! Shadow Rock 2 
  ( Socket - LGA775, LGA1150/1151/1155/S1156, LGA1356/S1366, LGA2011/2011-3 (Square ILM), AM2, AM2+, AM3/AM3+/FM1, Артикул - BK013, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 12, Вес - 1.623кг, Воздушный поток - 51 CFM, Код - 30039, Количество вентиляторов - 1 шт, Количество тепловых трубок - 4, Назначение - Для процессора, Подсветка - отсутствует, Размеры вентилятора - 120x120x25 мм, Размеры кулера (ШхВxГ) - 122x160x147 мм, Регулятор оборотов - отсутствует, Скорость вращения - 1600 об/мин, Тип коннектора - 4-pin PWM, Уровень шума - 15.3 - 25.4 дБ, Штрихкод - 4260052183311)</t>
   </si>
   <si>
     <t>Кулер для процессора Thermaltake Frio Silent 14 
  ( TDP - 150W, Артикул - CL-P002-AL14BL-B, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 9, Вес - 0.823кг, Код - 27304, Штрихкод - 4717964395597)</t>
   </si>
   <si>
     <t>Кулер для процессора  Bequiet! Shadow Rock TF2 
  ( Socket - LGA775, LGA1150/1151/1155/S1156, LGA2066, LGA1356/S1366, LGA2011/2011-3 (Square ILM), AM2, AM2+, AM3, Артикул - BK003, Базовая единица - шт, Бренд - Bequiet!, В упаковке - 12, Вес - 1.265кг, Код - 30038, Количество вентиляторов - 1 шт, Количество тепловых трубок - 5, Максимальная рассеиваемая мощность, Вт - 160, Назначение - Для процессора, Подсветка - отсутствует, Размеры вентилятора - 135x135x22 мм, Размеры кулера (ШхВxГ) - 137x112x165 мм, Регулятор оборотов - отсутствует, Тип коннектора - 4-pin PWM, Уровень шума - 21.4 дБ, Штрихкод - 4260052185391)</t>
   </si>
   <si>
     <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Red 
  ( TDP - 150W, Артикул - CL-P021-CA12RE-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 6, Вес - 1.487кг, Код - 27305, Штрихкод - 4717964405203)</t>
   </si>
   <si>
     <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Blue 
  ( TDP - 150W, Артикул - CL-P021-CA12BU-A, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 6, Вес - 1.487кг, Код - 26154, Штрихкод - 4717964405197)</t>
   </si>
   <si>
     <t>Кулер для процессора Deepcool NEPTWIN V2 
@@ -2573,110 +2573,110 @@
   <si>
     <t>Компьютерная мышь Delux DLM-111OUY 
  ( Артикул - DLM-111OUY, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.239кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2407, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUY, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Жёлтый, Штрихкод - 6938820401285)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUI 
  ( Артикул - DLM-111OUI, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.155кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 8401, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUI, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт IPhone, Штрихкод - 6900504137711)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUA 
  ( Артикул - DLM-111OUA, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.18кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 5568, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUA, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Angry Birds, Штрихкод - 6938820401858)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game CM-01OUS 
  ( Артикул - CM-01OUS, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.13кг, Интерфейс подключения - USB 2.0, Код - 5141, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Серебристый, Штрихкод - 6912032012002)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUL 
  ( Артикул - DLM-111OUL, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.2кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 6102, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUL, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Принт Леопард, Штрихкод - 6938820401933)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game HM-01OUR 
  ( Артикул - HM-01OUR, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Интерфейс подключения - USB 2.0, Код - 5137, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Красный, Штрихкод - 6907022012001)</t>
   </si>
   <si>
+    <t>Компьютерная мышь X-Game XM-200OUB 
+ ( Артикул - XM-200OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Длина кабеля - 1.3 метра, Интерфейс подключения - USB, Код - 8849, Количество кнопок - 5 + колесо прокрутки, Модель - XM-200OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800-1000-1200-1600dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902307250017)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь Delux DLM-111OUB 
  ( Артикул - DLM-111OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.203кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2384, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401230)</t>
   </si>
   <si>
-    <t>Компьютерная мышь X-Game XM-200OUB 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерная мышь Delux DLM-109OUB 
  ( Артикул - DLM-109OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.136кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 19833, Количество кнопок - 2 + колесо прокрутки, Модель - LM-109OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6900504201702)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUW 
  ( Артикул - DLM-111OUW, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.177кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2383, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUW, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Белый, Штрихкод - 6938820400974)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game XM-400OUB 
  ( Артикул - XM-400OUB, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.11кг, Длина шнура - 1.3 метра, Интерфейс подключения - USB, Код - 8851, Количество кнопок - 3+ кнопка выбора DPI, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800-1000-1600-2400dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902307250031)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game CM-03OUBl 
  ( Артикул - CM-03OUBl, Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.12кг, Интерфейс подключения - USB 2.0, Код - 5143, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Синий, Штрихкод - 6906032012001)</t>
   </si>
   <si>
     <t>Компьютерная мышь X-Game CM-02OUR 
  ( Базовая единица - шт, Бренд - X-Game, В упаковке - 100, Вес - 0.12кг, Интерфейс подключения - USB 2.0, Код - 5142, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows 2000/XP/2003, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Красный, Штрихкод - 6906032012025)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUC 
  ( Артикул - DLM-111OUC, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.183кг, Интерфейс подключения - USB, Код - 6101, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Тип упаковки - Цветная коробка, Цвет - Принт Крокодил, Штрихкод - 6938820401940)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUD 
  ( Артикул - DLM-111OUD, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.153кг, Интерфейс подключения - USB, Код - 8403, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Mедео, Штрихкод - 6900504137735)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-321OUB 
  ( Артикул - Delux DLM-321OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 60, Вес - 0.109кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 24862, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-321OUB, Поддерживаемые ОС - Windows 2000/XP/Vista/7/8/10, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820405009)</t>
   </si>
   <si>
+    <t>Компьютерная мышь Delux DLM-516OUB 
+ ( Артикул - DLM-516OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 60, Вес - 0.124кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 21086, Количество кнопок - 5, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800-1000-1600-2400dpi, Ресурс кнопки - 10 000 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820403586)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь Genius GM-100 серый 
  ( Артикул - GM-100, Базовая единица - шт, В упаковке - 1, Вес - 0.05кг, Код - 18295)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Delux DLM-516OUB 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерная мышь Delux DLM-375OUB 
  ( Артикул - DLM-375OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 100, Вес - 0.147кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 1995, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820400592)</t>
   </si>
   <si>
+    <t>Компьютерная мышь Delux DLM-111OUM 
+ ( Артикул - DLM-111OUM, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.206кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2408, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUM, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401292)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь Delux DLM-111OUH 
  ( Артикул - DLM-111OUH, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.177кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 2406, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUH, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Белый, Штрихкод - 6938820401278)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Delux DLM-111OUM 
-[...2 lines deleted...]
-  <si>
     <t>Компьютерная мышь E-Blue Extency EMS104BK 
  ( Артикул - EMS104BK, Базовая единица - шт, Бренд - E-Blue, В упаковке - 60, Вес - 0.116кг, Длина кабеля - 0.6 метра, Интерфейс подключения - USB 2.0, Кабель - Складной, Код - 9627, Количество кнопок - 2 + колесо прокрутки, Модель - EMS104BK, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 9897005983930)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUKH 
  ( Артикул - DLM-111OUKH, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.173кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 8402, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUKH, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Принт Хаки, Штрихкод - 6900504137728)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUK 
  ( Артикул - DLM-111OUK, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.2кг, Интерфейс подключения - USB, Код - 5569, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Байтерек, Штрихкод - 6938820401865)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-111OUZ 
  ( Артикул - DLM-111OUZ, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.2кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 6100, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-111OUZ, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Принт Зебра, Штрихкод - 6938820401926)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-100OUG 
  ( Артикул - DLM-100OUG, Базовая единица - шт, Бренд - Delux, В упаковке - 100, Вес - 0.12кг, Интерфейс подключения - USB, Код - 2228, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Бело-Зелёный, Штрихкод - 6938820401605)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-100OUO 
  ( Артикул - DLM-100OUO, Базовая единица - шт, Бренд - Delux, В упаковке - 100, Вес - 0.123кг, Код - 2229, Штрихкод - 6938820401629)</t>
   </si>
   <si>
     <t>Компьютерная мышь E-Blue Extency EMS104YE 
@@ -2733,62 +2733,62 @@
   <si>
     <t>Компьютерная мышь Genius DX-125 Black 
  ( Артикул - DX-125, USB Black, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.106кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30914, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251026)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-133OUB 
  ( Артикул - DLM-133OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.15кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB 2.0, Код - 9597, Модель - DLM-133OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Чёрно-Зелёный, Штрихкод - 6938820402985)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-621OUB 
  ( Артикул - DLM-621OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.222кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 27792, Количество кнопок - 5 + колесо прокрутки, Модель - DLM-621OUB, Поддерживаемые ОС - Windows 2000/XP/Vista/7/8/10, Разрешение - 1000-1600dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902501190010)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-123OUB 
  ( Артикул - DLM-123OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.145кг, Интерфейс подключения - USB 2.0, Код - 9599, Модель - DLM-123OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Блистер, Цвет - Чёрный, Штрихкод - 6938820401728)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-122OUW 
  ( Артикул - DLM-122OUW, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.13кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB 2.0, Код - 10904, Модель - DLM-122OUW, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Блистер, Цвет - Белый, Штрихкод - 6938820401384)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-110OUB 
  ( Артикул - DLM-110OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.167кг, Длина кабеля - 0.75 метра, Интерфейс подключения - USB, Код - 5551, Количество кнопок - 2 + колесо прокрутки, Модель - DLM-110OUB, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 800dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401834)</t>
   </si>
   <si>
+    <t>Компьютерная мышь Genius DX-150X Red 
+ ( Артикул - DX-150X, USB Red, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.111кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30917, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Красный, Штрихкод - 4710268252276)</t>
+  </si>
+  <si>
+    <t>Компьютерная мышь Genius DX-150X Black 
+ ( Артикул - DX-150X, USB Black, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.111кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30916, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268252269)</t>
+  </si>
+  <si>
     <t>Компьютерная мышь Genius DX-150X Blue 
  ( Артикул - DX-150X, USB Blue, Базовая единица - шт, Бренд - Genius, В упаковке - 100, Вес - 0.11кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30918, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Синий, Штрихкод - 4710268252283)</t>
   </si>
   <si>
-    <t>Компьютерная мышь Genius DX-150X Red 
-[...6 lines deleted...]
-  <si>
     <t>Компьютерная мышь Rapoo N1130 Чёрный 
  ( Артикул - N1130, Базовая единица - шт, Бренд - Rapoo, В упаковке - 80, Вес - 0.123кг, Длина кабеля - 1.2 метра, Интерфейс подключения - USB, Код - 14345, Количество кнопок - 2 + колесо прокрутки, Модель - Rapoo N1130, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Сделано в Китае, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6940056137449)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-396OUB 
  ( Артикул - DLM-396OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.155кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 11065, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820402596)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-517OUB 
  ( Артикул - DLM-517OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.165кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 24860, Количество кнопок - 5 + колесо прокрутки, Модель - DLM-517OUB, Поддерживаемые ОС - Windows 2000/XP/Vista/7/8/10, Разрешение - 1000-3200 dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820404972)</t>
   </si>
   <si>
     <t>Компьютерная мышь Rapoo N1162 Чёрный 
  ( Артикул - N1162, Базовая единица - шт, Бренд - Rapoo, В упаковке - 80, Вес - 0.133кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 14172, Количество кнопок - 2 + колесо прокрутки, Модель - Rapoo N1162, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6940056137548)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-125OUB 
  ( Артикул - DLM-125OUB, Базовая единица - шт, Бренд - Delux, В упаковке - 30, Вес - 0.212кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB, Код - 3341, Количество кнопок - 2 + колесо прокрутки, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Разрешение - 1000dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 200 000 циклов нажатия, Состав - Пластик, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820401438)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-480LUY 
  ( Артикул - DLM-480LUY, Базовая единица - шт, Бренд - Delux, В упаковке - 60, Вес - 0.226кг, Интерфейс подключения - USB, Код - 1999, Количество кнопок - 3+ кнопка выбора DPI, Модель - DLM-480LUY, Поддерживаемые ОС - Windows 98/Me/2000/XP/2003/2008/Vista/Win7/32bit,64bit OC, Разрешение - 1000-1600-2400dpi, Ресурс кнопки - 3 000 000 циклов нажатия, Ресурс колёсика - 300 000 циклов нажатия, Тип упаковки - Цветная коробка, Цвет - Жёлто-Чёрный, Штрихкод - 6938820400868)</t>
   </si>
   <si>
     <t>Компьютерная мышь Delux DLM-480LUQ 
@@ -3022,58 +3022,58 @@
   <si>
     <t>Коврик для компьютерной мыши Deepcool E-PAD Plus 
  ( Артикул - E-PAD Plus, Базовая единица - шт, Бренд - Deepcool, В упаковке - 20, Вес - 0.66кг, Код - 18994, Размер - 800*400*4 мм, Цвет - Чёрно-Зелёный, Штрихкод - 6933412795735)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Sphex V2 Mini 
  ( Артикул - RZ02-01940200-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 100, Вес - 0.11кг, Код - 24126, Размер - 270*215*0,5мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317593)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Small 
  ( Артикул - RZ02-01910100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.265кг, Игровой - есть, Код - 24125, Материал основания - резина, Материал покрытия - ткань, Размер - 215*270*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317388)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK 
  ( Артикул - QcK, Базовая единица - шт, Бренд - Steelseries, В упаковке - 50, Вес - 1.94кг, Длина - 270 мм, Игровой - есть, Код - 23252, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 2 мм, Цвет - ченрный, Штрихкод - 5707119001779, Ширина - 320 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Edge - M 
  ( Артикул - QcK Edge - M, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.333кг, Код - 32060, Покрытие - Микроволокновая ткань, Размер - 320*270*2 мм, Штрихкод - 5707119036733)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Genius GX-Speed P100 
  ( Артикул - GX-Speed P100, Базовая единица - шт, Бренд - Genius, В упаковке - 40, Вес - 0.217кг, Код - 30896, Покрытие - Ткань, Размер - 3*335*254, Страна производства - Китай, Цвет - Чёрный, Штрихкод - 4710268250265)</t>
   </si>
   <si>
+    <t>Коврик для компьютерной мыши HyperX Pro Gaming Speed Edition (Large) HX-MPFS-S-L 
+ ( Артикул - HX-MPFS-S-L, Базовая единица - шт, Бренд - HyperX, В упаковке - 25, Вес - 0.593кг, Код - 25403, Размер - 450*400*3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617274455)</t>
+  </si>
+  <si>
     <t>Коврик для компьютерной мыши HyperX Pro Gaming (Large) HX-MPFS-L 
  ( Артикул - HX-MPFS-L, Базовая единица - шт, Бренд - HyperX, В упаковке - 25, Вес - 0.584кг, Код - 21298, Размер - 450*400*4 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 740617267075)</t>
   </si>
   <si>
-    <t>Коврик для компьютерной мыши HyperX Pro Gaming Speed Edition (Large) HX-MPFS-S-L 
-[...2 lines deleted...]
-  <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Control Gravity Medium 
  ( Артикул - RZ02-01910600-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.33кг, Длина - 355 мм, Игровой - есть, Коврик Razer Goliathus Control Gravity Medium обеспечивает точно - Тонкий резиновый слой основы превращает процесс игры в удовольствие, так как ваша рука не устанет находиться на коврике в течение нескольких матчей. Поверхность, обеспечивающая мгновенный отклик мыши на ваши движения, приятна на ощупь, она также не причиняет дискомфорта в процессе игры., Код - 27870, Материал основания - резина, Материал покрытия - ткань, Толщина - 3 мм, Штрихкод - 8886419317456, Ширина - 254 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Thermaltake DASHER LARGE 
  ( Артикул - MP-DSH-BLKSLS-02, Базовая единица - шт, Бренд - No name, В упаковке - 15, Вес - 0.6кг, Код - 27325, Размер - 400*450*4 мм, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4717964405845)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Sphex V2 Regular 
  ( Артикул - RZ02-01940100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 70, Вес - 0.166кг, Код - 24127, Размер - 355*254*0,5мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317500)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Medium 
  ( Артикул - RZ02-01910200-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.366кг, Код - 23899, Размер - 254*355*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317395)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + 
  ( Артикул - QCK +, Базовая единица - шт, Бренд - Steelseries, В упаковке - 50, Вес - 3.6кг, Длина - 450 мм, Игровой - есть, Код - 23258, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 2 мм, Цвет - ченрный, Штрихкод - 5707119001762, Ширина - 400 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Edge - L 
  ( Артикул - QcK Edge - L, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.361кг, Код - 32061, Покрытие - Микроволокновая ткань, Размеры - 450*400*2 мм, Толщина - 2 мм, Штрихкод - 5707119036757)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши HyperX Pro Gaming (Extra Large) HX-MPFS-XL 
@@ -3090,66 +3090,66 @@
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + PUBG Miramar Edition 
  ( Артикул - QCK + PUBG Miramar Edition, Базовая единица - шт, Бренд - Steelseries, В упаковке - 25, Вес - 2.84кг, Игровой - есть, Код - 26546, Материал основания - резина, Материал покрытия - ткань, Размер коврика - большой, Размеры - 450 x 400 x 4mm, Страна производства - Китай, Цвет - Многоцветный, Штрихкод - 5707119036146)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Gigabyte AMP500 Large 
  ( Артикул - GP-AMP500 Large, Базовая единица - шт, Бренд - Gigabyte, В упаковке - 50, Вес - 0.47кг, Код - 22316, Модель - AMP500, Размер - 430 x 370 x 1,8 мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Оранжевый, Штрихкод - 4719331550189)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK Heavy 
  ( Артикул - QCK Heavy, Базовая единица - шт, Бренд - Steelseries, В упаковке - 25, Вес - 0.791кг, Длина - 400мм, Игровой - есть, Код - 23255, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 6 мм, Цвет - ченрный, Штрихкод - 5707119001816, Ширина - 450 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Medium Destiny 2 
  ( Razer Goliathus Destiny 2 идеально подходит для различных типов  - &lt;br /&gt;, Артикул - RZ02-01072100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 5, Вес - 0.66кг, Длина - 254 мм, Игровой - есть, Код - 23889, Материал основания - резина, Материал покрытия - ткань, Толщина - 3 мм, Штрихкод - 8886419317906, Ширина - 355 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Hard Pad 
  ( Артикул - QcK Hard Pad, Базовая единица - шт, Бренд - Steelseries, В упаковке - 36, Вес - 0.317кг, Код - 32059, Покрытие - Полиэтилен, Размер - 320 х 270 х 3 мм, Штрихкод - 5707119036719)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QcK Edge - XL 
  ( Артикул - QcK Edge -XL, Базовая единица - шт, Бренд - Steelseries, В упаковке - 24, Вес - 0.782кг, Код - 32063, Покрытие - Микроволокновая ткань, Размер - 900*300*2 мм, Штрихкод - 5707119036771)</t>
   </si>
   <si>
+    <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Large 
+ ( Артикул - RZ02-01910300-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.561кг, Код - 20641, Размер - 444*355*3мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317401)</t>
+  </si>
+  <si>
+    <t>Коврик для компьютерной мыши Razer Goliathus Control Fissure Edition Large 
+ ( Артикул - RZ02-01070700-R3M2, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.51кг, Код - 20642, Модель - RZ02-01070700-R3M2, Размер - 444*355*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317807)</t>
+  </si>
+  <si>
+    <t>Коврик для компьютерной мыши Razer Goliathus Control Gravity Large 
+ ( Артикул - RZ02-01910700-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.5кг, Код - 20643, Модель - RZ02-01070300-R3M2, Размер - 444*355*3мм, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317463)</t>
+  </si>
+  <si>
     <t>Коврик для компьютерной мыши Razer Gigantus 
  ( Артикул - RZ02-01830200-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.921кг, Код - 20640, Размер - 455*455*5мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 8886419317661)</t>
   </si>
   <si>
-    <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Large 
-[...10 lines deleted...]
-  <si>
     <t>Коврик для компьютерной мыши Steelseries QcK XXL 
  ( Артикул - QcK XXL, Базовая единица - шт, Бренд - Steelseries, В упаковке - 20, Вес - 1.06кг, Код - 32065, Материал - Легендарная ткань из микроволокна, Размер - 900*400*4 мм, Штрихкод - 5707119026154)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Genius GX-Pad 600H RGB 
  ( Артикул - GX-Pad 600H, Базовая единица - шт, Бренд - Genius, В упаковке - 6, Вес - 0.91кг, Код - 30895, Подсветка - RGB, Страна производства - Китай, Тип подключения - USB Digital, Цвет - Чёрный, Штрихкод - 4710268256656)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Control Gravity Extended 
  ( Артикул - RZ02-01910800-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.71кг, Длина - 920 мм, Игровой - есть, Код - 27869, Материал основания - резина, Материал покрытия - ткань, Толщина - 3 мм, Штрихкод - 8886419317470, Ширина - 294 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK + Limited Howl Edition 
  ( Артикул - QCK + Limited Howl Edition, Базовая единица - шт, Бренд - Steelseries, В упаковке - 25, Вес - 2.44кг, Длина - 400мм, Игровой - есть, Код - 26544, Материал основания - резина, Материал покрытия - ткань, Страна производства - Китай, Толщина - 3 мм, Цвет - ченрный, Штрихкод - 5707119035033, Ширина - 450 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Goliathus Speed Cosmic Extended 
  ( Артикул - RZ02-01910400-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 0.846кг, Код - 26689, Модель - RZ02-01910400-R3M1, Размер - 920x294x3 мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрно-Зелёный, Штрихкод - 8886419317425)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Manticor 
  ( Артикул - RZ02-00920100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 10, Вес - 1.65кг, Код - 24379, Размер - 255*355*2,2мм, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 8886419316640)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK Prism Cloth - M 
@@ -3169,58 +3169,58 @@
   </si>
   <si>
     <t>Коврик для компьютерной мыши Steelseries QCK PRISM 
  ( Артикул - QCK PRISM, Базовая единица - шт, Бренд - Steelseries, В упаковке - 5, Вес - 1.32кг, Длина - 292 мм, Игровой - есть, Код - 23250, Материал основания - резина, Страна производства - Китай, Толщина - 8.7 мм, Цвет - ченрный, Штрихкод - 5707119031165, Ширина - 357 мм)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Thermaltake DRACONEM RGB TOUCH ID 
  ( Артикул - MP-DCM-RGBHMS-02, Базовая единица - шт, Бренд - Thermaltake, В упаковке - 10, Вес - 0.994кг, Код - 27326, Особенности - Подсветка RGB, Размер - 355*255*4 мм, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4711246871250)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Firefly Cloth 
  ( Артикул - RZ02-02000100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 5, Вес - 1.038кг, Код - 20638, Модель - RZ02-02000100-R3M1, Подсветка - Chroma с настройкой 16,8 млн. оттенков, Размер - 355*255*3,5мм, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 8886419317616)</t>
   </si>
   <si>
     <t>Коврик для компьютерной мыши Razer Firefly 
  ( Артикул - RZ02-01350100-R3M1, Базовая единица - шт, Бренд - Razer, В упаковке - 5, Вес - 1.036кг, Динамичная подсветка* - Рябь*, Длина - 255 мм, Дополнительная информация - настраиваемая подсветка Chroma из 16,8 млн. оттенков, питание через USB-кабель (в комплекте), Игровой - есть, Код - 19794, Материал покрытия - пластик, Модель - RZ02-01350100-R3M1, Статическая подсветка - Волна, Страна производства - Китай, Толщина - Толщина, Цвет - Чёрный, Циклическое переключение цветов спектра - Дыхание, Штрихкод - 8886419316312, Ширина - Ширина)</t>
   </si>
   <si>
     <t>Клавиатуры</t>
   </si>
   <si>
     <t>клавиатура SAMSUNG SWT1000M 
  ( Артикул - SWT1000M, Базовая единица - шт, Бренд - Samsung, В упаковке - 15, Вес - 0.3кг, Код - 23886)</t>
   </si>
   <si>
+    <t>Клавиатура Genius KB-06xe PS/2 Чёрный 
+ ( Артикул - Genius KB-06xe PS/2 Black, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.545кг, Интерфейс подключения - PS/2, Код - 1613, Раскладка - Анг/Рус/Каз, Тип упаковки - Коричневая коробка, Цвет - Чёрный, Штрихкод - 2000016137965)</t>
+  </si>
+  <si>
     <t>Клавиатура X-Game XK-100PB 
  ( Артикул - XK-100PB, Базовая единица - шт, Бренд - X-Game, В упаковке - 20, Вес - 0.557кг, Длина кабеля - 1.4 метра, Интерфейс подключения - PS/2, Код - 12474, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902508140018)</t>
   </si>
   <si>
-    <t>Клавиатура Genius KB-06xe PS/2 Чёрный 
-[...2 lines deleted...]
-  <si>
     <t>Клавиатура X-Game XK-100UB 
  ( Артикул - XK-100UB, Базовая единица - шт, Бренд - X-Game, В упаковке - 20, Вес - 0.517кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 10279, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6920032014018)</t>
   </si>
   <si>
     <t>Клавиатура с цифровым блоком Delux DLK-300UB 
  ( Артикул - DLK-300UB, Базовая единица - шт, Бренд - Delux, В упаковке - 40, Вес - 0.199кг, Длина кабеля - 75 см, Интерфейс подключения - USB, Код - 24861, Количество нажатий на клавишу - 10 миллионов, Поддерживаемые ОС - Windows RT/DOS/V, OS. Vista XP, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6901107201809)</t>
   </si>
   <si>
     <t>Клавиатура Genius KB-08x USB Чёрный 
  ( Артикул - Comfy KB-08x, USB, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.72кг, Интерфейс подключения - USB, Код - 953, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Серебристо-Чёрный, Штрихкод - 2000009537963)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-180UB 
  ( Артикул - DLK-180UB, Базовая единица - шт, Бренд - Delux, В упаковке - 20, Вес - 0.72кг, Длина кабеля - 1.6 м., Интерфейс подключения - USB 2.0, Код - 19835, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6901104201703)</t>
   </si>
   <si>
     <t>Клавиатура X-Game XK-500UB 
  ( Артикул - XK-500UB, Базовая единица - шт, Бренд - X-Game, В упаковке - 20, Вес - 0.738кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 8852, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6902307250000)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-8050UB 
  ( Артикул - DLK-8050UB, Базовая единица - шт, Бренд - Delux, В упаковке - 15, Вес - 0.719кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 2431, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820410225)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-670OUB 
@@ -3249,60 +3249,60 @@
   <si>
     <t>Клавиатура Genius NumPad i130 
  ( Артикул - NumPad i130, Базовая единица - шт, Бренд - Genius, В упаковке - 40, Вес - 0.305кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 30941, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268254652)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-02UB 
  ( Артикул - DLK-02UB, Базовая единица - шт, Бренд - Delux, В упаковке - 10, Вес - 0.7кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 9588, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820420941)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-160UB 
  ( Артикул - DLK-160UB, Базовая единица - шт, Бренд - Delux, В упаковке - 10, Вес - 0.68кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB 2.0, Код - 13334, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820411543)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-06UB 
  ( Артикул - DLK-06UB, Базовая единица - шт, Бренд - Delux, В упаковке - 10, Вес - 0.699кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 8020, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820411314)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-1900UB 
  ( Артикул - Delux DLK-1900UB, Базовая единица - шт, Бренд - Delux, В упаковке - 10, Вес - 0.98кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 2501, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820410713)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-1500UB 
  ( Артикул - DLK-1500UB, Базовая единица - шт, Бренд - Delux, В упаковке - 20, Вес - 0.76кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 3340, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820410843)</t>
   </si>
   <si>
+    <t>Клавиатура Genius LuxeMate 100 
+ ( Артикул - LuxeMate 100, Базовая единица - шт, Бренд - Genius, В упаковке - 30, Вес - 0.442кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30945, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251767)</t>
+  </si>
+  <si>
     <t>Клавиатура Genius Smart KB-101 
  ( Артикул - Smart KB-101, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.565кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB 2.0, Код - 30943, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268255604)</t>
   </si>
   <si>
     <t>Клавиатура Genius KB-125 
  ( Артикул - KB-125, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.689кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 30944, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251743)</t>
-  </si>
-[...2 lines deleted...]
- ( Артикул - LuxeMate 100, Базовая единица - шт, Бренд - Genius, В упаковке - 30, Вес - 0.442кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30945, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251767)</t>
   </si>
   <si>
     <t>Клавиатура Genius Scorpion K210 
  ( Артикул - Scorpion K210, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.69кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30947, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Подсветка - Нет, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268256311)</t>
   </si>
   <si>
     <t>Клавиатура Genius KB-M225 C 
  ( Артикул - KB-M225 C, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.624кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30951, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268253976)</t>
   </si>
   <si>
     <t>Клавиатура Genius Smart KB-102 
  ( Артикул - Smart KB-102, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.545кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30942, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип клавиатуры - Мембранная, Тип упаковки - Цветная коробка, Цвет - Чёрный, Цифровой блок - Есть, Штрихкод - 4710268255628)</t>
   </si>
   <si>
     <t>Клавиатура Rapoo NK2500 
  ( Артикул - NK2500, Базовая единица - шт, Бренд - Rapoo, В упаковке - 16, Вес - 0.798кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB 2.0, Код - 22276, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Состав - Пластик, Страна производства - Сделано в Китае, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6940056171368)</t>
   </si>
   <si>
     <t>Клавиатура Delux DLK-05UB 
  ( Артикул - DLK-05UB, Базовая единица - шт, Бренд - Delux, В упаковке - 10, Вес - 1.052кг, Длина кабеля - 1.4 метра, Интерфейс подключения - USB, Код - 9587, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Раскладка - Анг/Рус/Каз, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 6938820411383)</t>
   </si>
   <si>
     <t>Клавиатура Genius Scorpion K215 
  ( Артикул - Scorpion K215, Базовая единица - шт, Бренд - Genius, В упаковке - 20, Вес - 0.962кг, Длина кабеля - 1.5 метра, Интерфейс подключения - USB, Код - 30948, Количество нажатий на клавишу - 60 миллионов, Поддерживаемые ОС - Windows XP/Vista/Win7/Win8 и Mac OS 10.8, Подсветка - 7 цветов, Раскладка - Анг/Рус/Каз, Страна производства - Китай, Тип упаковки - Цветная коробка, Цвет - Чёрный, Штрихкод - 4710268251750)</t>
   </si>
@@ -3516,51 +3516,51 @@
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="11" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo_red-200x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29028_1-100x1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25678_1-100x1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12576_1-100x1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29029_1-100x1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12134_1-100x1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23502_1-100x1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23503_1-100x1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23508_1-100x1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23504_1-100x10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23505_1-100x10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29127_1-100x10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29126_1-100x10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23506_1-100x10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_1-100x10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31318_1-100x10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31125_1-100x10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29123_1-100x10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26038_1-100x10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23484_1-100x10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26113_1-100x10021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31319_1-100x10022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23483_1-100x10023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26040_1-100x10024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23507_1-100x10025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30018_1-100x10026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31317_1-100x10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26114_1-100x10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23486_1-100x10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29124_1-100x10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31126_1-100x10031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26129_1-100x10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28745_1-100x10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30019_1-100x10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31127_1-100x10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28746_1-100x10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26128_1-100x10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26127_1-100x10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23488_1-100x10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26119_1-100x10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23487_1-100x10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30020_1-100x10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30021_1-100x10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26126_1-100x10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23300_1-100x10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23143_1-100x10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26125_1-100x10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23299_1-100x10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26120_1-100x10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30022_1-100x10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30023_1-100x10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28760_1-100x10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23144_1-100x10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30014_1-100x10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28768_1-100x10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28769_1-100x10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30024_1-100x10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28753_1-100x10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31314_1-100x10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32705_1-100x10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26132_1-100x10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30015_1-100x10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31456_1-100x10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31315_1-100x10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32706_1-100x10065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28754_1-100x10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26131_1-100x10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26130_1-100x10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28755_1-100x10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28756_1-100x10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26121_1-100x10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26115_1-100x10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28757_1-100x10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31457_1-100x10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30016_1-100x10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26122_1-100x10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26123_1-100x10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23148_1-100x10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31458_1-100x10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28758_1-100x10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26116_1-100x10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30017_1-100x10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26124_1-100x10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23149_1-100x10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23151_1-100x10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26117_1-100x10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26118_1-100x10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30013_1-100x10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28512_1-100x10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26412_1-100x10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22959_1-100x10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27153_1-100x10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22001_1-100x10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21823_1-100x10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21087_1-100x10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19436_1-100x10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28412_1-100x10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28511_1-100x10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23553_1-100x10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885_1-100x100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21459_1-100x100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30401_1-100x100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21830_1-100x100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23554_1-100x100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27252_1-100x100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26413_1-100x100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27828_1-100x100107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29897_1-100x100108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28192_1-100x100109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21978_1-100x100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28489_1-100x100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21820_1-100x100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29108_1-100x100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886_1-100x100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28193_1-100x100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30402_1-100x100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26414_1-100x100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31680_1-100x100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26785_1-100x100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22713_1-100x100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28413_1-100x100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21593_1-100x100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679_1-100x100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28194_1-100x100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29115_1-100x100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31454_1-100x100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21769_1-100x100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24355_1-100x100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32494_1-100x100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26676_1-100x100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28766_1-100x100131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31455_1-100x100132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25025_1-100x100133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26828_1-100x100134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17494_1-100x100135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16064_1-100x100136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27611_1-100x100137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15907_1-100x100138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16072_1-100x100139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16500_1-100x100140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24938_1-100x100141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28411_1-100x100142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27607_1-100x100143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16071_1-100x100144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23583_1-100x100145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32509_1-100x100146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16751_1-100x100147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26083_1-100x100148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30082_1-100x100149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28972_1-100x100150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27606_1-100x100151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26106_1-100x100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31310_1-100x100153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26107_1-100x100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26108_1-100x100155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29182_1-100x100156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26109_1-100x100157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32703_1-100x100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29184_1-100x100159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27289_1-100x100160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27858_1-100x100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441_1-100x100162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28965_1-100x100163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16069_1-100x100164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29185_1-100x100165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26087_1-100x100166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28966_1-100x100167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26104_1-100x100168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26086_1-100x100169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26085_1-100x100170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26084_1-100x100171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30226_1-100x100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17646_1-100x100173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29180_1-100x100174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30216_1-100x100175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31548_1-100x100176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28971_1-100x100177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18262_1-100x100178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31547_1-100x100179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30080_1-100x100180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30079_1-100x100181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26093_1-100x100182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26088_1-100x100183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26101_1-100x100184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26100_1-100x100185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26103_1-100x100186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26102_1-100x100187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30225_1-100x100188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26094_1-100x100189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29181_1-100x100190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27813_1-100x100191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25117_1-100x100192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32817_1-100x100193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23161_1-100x100194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26074_1-100x100195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080_1-100x100196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30083_1-100x100197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26079_1-100x100198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30032_1-100x100199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30033_1-100x100200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10243_1-100x100201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26095_1-100x100202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29183_1-100x100203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26105_1-100x100204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31546_1-100x100205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28743_1-100x100206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26082_1-100x100207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29178_1-100x100208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30034_1-100x100209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29177_1-100x100210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26081_1-100x100211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31550_1-100x100212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30035_1-100x100213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28742_1-100x100214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18258_1-100x100215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14882_1-100x100216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31549_1-100x100217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26077_1-100x100218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26078_1-100x100219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26096_1-100x100220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27291_1-100x100221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25289_1-100x100222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28744_1-100x100223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31311_1-100x100224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31312_1-100x100225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30081_1-100x100226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26099_1-100x100227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20891_1-100x100228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27293_1-100x100229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29179_1-100x100230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30030_1-100x100231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30031_1-100x100232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27292_1-100x100233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30078_1-100x100234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26075_1-100x100235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29175_1-100x100236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26097_1-100x100237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29176_1-100x100238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26098_1-100x100239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30029_1-100x100240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30028_1-100x100241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26076_1-100x100242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29174_1-100x100243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23164_1-100x100244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29171_1-100x100245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30027_1-100x100246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27290_1-100x100247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29172_1-100x100248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31313_1-100x100249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29173_1-100x100250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27288_1-100x100251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30025_1-100x100252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30026_1-100x100253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32704_1-100x100254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23166_1-100x100255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29170_1-100x100256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26432_1-100x100257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23179_1-100x100258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27600_1-100x100259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28378_1-100x100260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27601_1-100x100261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22880_1-100x100262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28379_1-100x100263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31041_1-100x100264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31046_1-100x100265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30608_1-100x100266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31044_1-100x100267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29706_1-100x100268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30610_1-100x100269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31048_1-100x100270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30612_1-100x100271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30614_1-100x100272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28514_1-100x100273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31049_1-100x100274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30609_1-100x100275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31056_1-100x100276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31052_1-100x100277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31054_1-100x100278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28390_1-100x100279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30611_1-100x100280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31057_1-100x100281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31059_1-100x100282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28397_1-100x100283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30613_1-100x100284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30616_1-100x100285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28392_1-100x100286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28395_1-100x100287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28393_1-100x100288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28396_1-100x100289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30617_1-100x100290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28394_1-100x100291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31061_1-100x100292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31058_1-100x100293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29707_1-100x100294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31055_1-100x100295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30615_1-100x100296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28191_1-100x100297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30431_1-100x100298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30620_1-100x100299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30432_1-100x100300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31063_1-100x100301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31064_1-100x100302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31062_1-100x100303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28398_1-100x100304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30619_1-100x100305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30618_1-100x100306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30590_1-100x100307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28399_1-100x100308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_1-100x100309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16095_1-100x100310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29980_1-100x100311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23958_1-100x100312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16094_1-100x100313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16093_1-100x100314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7355_1-100x100315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16092_1-100x100316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23959_1-100x100317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16091_1-100x100318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27310_1-100x100319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16090_1-100x100320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31844_1-100x100321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31555_1-100x100322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31554_1-100x100323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30040_1-100x100324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28770_1-100x100325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16089_1-100x100326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29190_1-100x100327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29981_1-100x100328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28684_1-100x100329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29982_1-100x100330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31560_1-100x100331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31559_1-100x100332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28955_1-100x100333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29191_1-100x100334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20229_1-100x100335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26153_1-100x100336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21465_1-100x100337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28956_1-100x100338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30041_1-100x100339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32205_1-100x100340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29193_1-100x100341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29192_1-100x100342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16087_1-100x100343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28771_1-100x100344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27306_1-100x100345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26156_1-100x100346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30039_1-100x100347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27304_1-100x100348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_1-100x100349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27305_1-100x100350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26154_1-100x100351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16084_1-100x100352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30036_1-100x100353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32204_1-100x100354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30037_1-100x100355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30215_1-100x100356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29195_1-100x100357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23146_1-100x100358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28503_1-100x100359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26282_1-100x100360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_1-100x100361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30377_1-100x100362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32147_1-100x100363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26433_1-100x100364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29699_1-100x100365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378_1-100x100366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33903_1-100x100367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33904_1-100x100368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32148_1-100x100369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23293_1-100x100370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29983_1-100x100371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33523_1-100x100372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28404_1-100x100373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33545_1-100x100374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23294_1-100x100375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31373_1-100x100376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29984_1-100x100377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30782_1-100x100378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33522_1-100x100379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31374_1-100x100380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20196_1-100x100381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31375_1-100x100382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32249_1-100x100383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33868_1-100x100384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24129_1-100x100385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29986_1-100x100386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29985_1-100x100387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32519_1-100x100388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32135_1-100x100389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33865_1-100x100390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31650_1-100x100391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24952_1-100x100392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22106_1-100x100393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31649_1-100x100394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24979_1-100x100395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31648_1-100x100396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33626_1-100x100397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30210_1-100x100398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22107_1-100x100399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23098_1-100x100400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19715_1-100x100401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21776_1-100x100402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33742_1-100x100403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28563_1-100x100404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29109_1-100x100405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_1-100x100406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29295_1-100x100407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28564_1-100x100408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21775_1-100x100409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33851_1-100x100410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33743_1-100x100411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28635_1-100x100412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29294_1-100x100413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28634_1-100x100414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32074_1-100x100415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31647_1-100x100416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33307_1-100x100417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31500_1-100x100418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21960_1-100x100419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31501_1-100x100420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32086_1-100x100421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28187_1-100x100422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32087_1-100x100423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30589_1-100x100424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28566_1-100x100425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33848_1-100x100426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28565_1-100x100427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28567_1-100x100428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28510_1-100x100429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32085_1-100x100430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28568_1-100x100431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28509_1-100x100432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33850_1-100x100433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30956_1-100x100434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30971_1-100x100435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32084_1-100x100436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30886_1-100x100437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30887_1-100x100438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30888_1-100x100439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21783_1-100x100440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30889_1-100x100441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30969_1-100x100442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28007_1-100x100443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28569_1-100x100444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27969_1-100x100445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28008_2-100x100446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32079_1-100x100447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27968_1-100x100448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27853_1-100x100449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28570_1-100x100450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27967_1-100x100451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33306_1-100x100452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27806_1-100x100453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28572_1-100x100454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29662_1-100x100455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19723_1-100x100456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28571_1-100x100457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33305_1-100x100458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27317_1-100x100459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29659_1-100x100460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27609_1-100x100461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21958_1-100x100462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31443_1-100x100463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33304_1-100x100464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29714_1-100x100465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29715_1-100x100466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27318_1-100x100467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29716_1-100x100468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32510_1-100x100469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33303_1-100x100470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29717_1-100x100471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31646_1-100x100472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30403_1-100x100473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31446_1-100x100474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22323_1-100x100475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30209_1-100x100476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32558_1-100x100477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31445_1-100x100478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29660_1-100x100479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29718_1-100x100480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29719_1-100x100481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31906_1-100x100482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31909_1-100x100483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31907_1-100x100484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31444_1-100x100485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31910_1-100x100486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32083_1-100x100487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29720_1-100x100488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31448_1-100x100489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31911_1-100x100490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29721_1-100x100491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29713_1-100x100492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30968_1-100x100493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27610_1-100x100494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27805_1-100x100495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26314_1-100x100496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33420_1-100x100497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26554_1-100x100498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26553_1-100x100499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28631_1-100x100500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31449_1-100x100501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28164_1-100x100502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27804_1-100x100503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28185_1-100x100504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29296_1-100x100505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25288_1-100x100506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26071_1-100x100507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24218_1-100x100508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_1-100x100509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31002_1-100x100510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30422_1-100x100511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30067_1-100x100512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28162_1-100x100513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30055_1-100x100514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30955_1-100x100515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30054_1-100x100516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31000_1-100x100517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30064_1-100x100518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30412_1-100x100519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31001_1-100x100520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29588_1-100x100521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26732_1-100x100522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29589_1-100x100523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30413_1-100x100524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29665_1-100x100525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28161_1-100x100526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28181_1-100x100527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26731_1-100x100528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28179_1-100x100529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29587_1-100x100530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29712_1-100x100531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26730_1-100x100532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28159_1-100x100533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28158_1-100x100534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835_1-100x100535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28180_1-100x100536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28160_1-100x100537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_1-100x100538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28172_1-100x100539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29664_1-100x100540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30999_1-100x100541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30409_1-100x100542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28157_1-100x100543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28177_1-100x100544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28173_1-100x100545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30424_1-100x100546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26729_1-100x100547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29831_1-100x100548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28170_1-100x100549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29308_1-100x100550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27362_1-100x100551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30065_1-100x100552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27361_1-100x100553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28169_1-100x100554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26840_1-100x100555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28168_1-100x100556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27360_1-100x100557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29590_1-100x100558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728_1-100x100559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32302_1-100x100560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30063_1-100x100561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27881_1-100x100562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29829_1-100x100563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30425_1-100x100564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26839_1-100x100565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28167_1-100x100566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29663_1-100x100567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28166_1-100x100568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26838_1-100x100569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32091_1-100x100570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28330_1-100x100571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29828_1-100x100572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28165_1-100x100573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30405_1-100x100574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30426_1-100x100575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30410_1-100x100576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31459_1-100x100577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30427_1-100x100578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30408_1-100x100579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30411_1-100x100580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30195_1-100x100581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30201_1-100x100582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17685_1-100x100583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17672_1-100x100584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23675_1-100x100585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17689_1-100x100586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17675_1-100x100587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30092_1-100x100588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32145_1-100x100589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17688_1-100x100590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17674_1-100x100591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21979_1-100x100592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23181_1-100x100593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17693_1-100x100594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32120_1-100x100595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28469_1-100x100596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20182_1-100x100597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32818_1-100x100598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25194_1-100x100599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22008_1-100x100600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31726_1-100x100601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23826_1-100x100602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22881_1-100x100603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30130_1-100x100604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31678_1-100x100605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26036_1-100x100606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30203_1-100x100607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31212_1-100x100608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Frame_232-100x100609.png"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24932_1-100x100610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30202_1-100x100611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31727_1-100x100612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24931_1-100x100613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29883_1-100x100614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12387_1-100x100615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29843_1-100x100616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26134_1-100x100617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2392_1-100x100618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19832_1-100x100619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2407_1-100x100620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8401_1-100x100621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5568_1-100x100622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5141_1-100x100623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6102_1-100x100624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5137_1-100x100625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2384_1-100x100626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8849_1-100x100627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19833_1-100x100628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2383_1-100x100629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8851_1-100x100630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5143_1-100x100631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5142_1-100x100632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6101_1-100x100633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8403_1-100x100634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24862_1-100x100635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_1-100x100636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21086_1-100x100637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1995_1-100x100638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406_1-100x100639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2408_1-100x100640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9627_1-100x100641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8402_1-100x100642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5569_1-100x100643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6100_1-100x100644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2228_1-100x100645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2229_1-100x100646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9629_1-100x100647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9628_1-100x100648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27783_1-100x100649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4129_1-100x100650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503_1-100x100651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9598_1-100x100652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30913_1-100x100653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30909_1-100x100654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30912_1-100x100655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30910_1-100x100656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30911_1-100x100657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2502_1-100x100658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30915_1-100x100659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30914_1-100x100660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_1-100x100661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27792_1-100x100662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9599_1-100x100663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904_1-100x100664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551_1-100x100665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30918_1-100x100666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30917_1-100x100667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30916_1-100x100668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345_1-100x100669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11065_1-100x100670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24860_1-100x100671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14172_1-100x100672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341_1-100x100673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1999_1-100x100674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2000_1-100x100675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30919_1-100x100676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1998_1-100x100677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27798_1-100x100678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7024_1-100x100679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20784_1-100x100680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025_1-100x100681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7023_1-100x100682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24166_1-100x100683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24165_1-100x100684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27202_1-100x100685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25500_1-100x100686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25501_1-100x100687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10458_1-100x100688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_1-100x100689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25502_1-100x100690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25497_1-100x100691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25498_1-100x100692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25499_1-100x100693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22419_1-100x100694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22420_1-100x100695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251_1-100x100696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8602_1-100x100697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535_1-100x100698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16284_1-100x100699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25495_1-100x100700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534_1-100x100701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22426_1-100x100702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29142_1-100x100703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603_1-100x100704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137_1-100x100705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25496_1-100x100706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589_1-100x100707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7874_1-100x100708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403_1-100x100709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7875_1-100x100710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19469_1-100x100711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525_1-100x100712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9590_1-100x100713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876_1-100x100714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26585_1-100x100715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19471_1-100x100716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877_1-100x100717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29143_1-100x100718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_1-100x100719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7177_1-100x100720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27316_1-100x100721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21296_1-100x100722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25401_1-100x100723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23253_1-100x100724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30897_1-100x100725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20639_1-100x100726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21297_1-100x100727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25402_1-100x100728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27871_1-100x100729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18994_1-100x100730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24126_1-100x100731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24125_1-100x100732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23252_1-100x100733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32060_1-100x100734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30896_1-100x100735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21298_1-100x100736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25403_1-100x100737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27870_1-100x100738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27325_1-100x100739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24127_1-100x100740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23899_1-100x100741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23258_1-100x100742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32061_1-100x100743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21299_1-100x100744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25404_1-100x100745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26545_1-100x100746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26546_1-100x100747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22316_1-100x100748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23255_1-100x100749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23889_1-100x100750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32059_1-100x100751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32063_1-100x100752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20640_1-100x100753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20641_1-100x100754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20642_1-100x100755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20643_1-100x100756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32065_1-100x100757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30895_1-100x100758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27869_1-100x100759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26544_1-100x100760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26689_1-100x100761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24379_1-100x100762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32047_1-100x100763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31713_1-100x100764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23761_1-100x100765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32048_1-100x100766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23250_1-100x100767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326_1-100x100768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20638_1-100x100769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19794_1-100x100770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23886_1-100x100771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12474_1-100x100772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1613_1-100x100773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10279_1-100x100774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24861_1-100x100775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953_1-100x100776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19835_1-100x100777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8852_1-100x100778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2431_1-100x100779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31136_1-100x100780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7617_1-100x100781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26133_1-100x100782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24857_1-100x100783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30839_1-100x100784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2411_1-100x100785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30941_1-100x100786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9588_1-100x100787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13334_1-100x100788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8020_1-100x100789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2501_1-100x100790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3340_1-100x100791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30943_1-100x100792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30944_1-100x100793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30945_1-100x100794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30947_1-100x100795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30951_1-100x100796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30942_1-100x100797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22276_1-100x100798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9587_1-100x100799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30948_1-100x100800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9591_1-100x100801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30949_1-100x100802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30950_1-100x100803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30946_1-100x100804.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo_red-200x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29028_1-100x1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25678_1-100x1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12576_1-100x1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29029_1-100x1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12134_1-100x1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23502_1-100x1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23503_1-100x1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23508_1-100x1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23504_1-100x10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23505_1-100x10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29127_1-100x10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29126_1-100x10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23506_1-100x10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_1-100x10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31318_1-100x10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31125_1-100x10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29123_1-100x10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26038_1-100x10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23484_1-100x10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26113_1-100x10021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31319_1-100x10022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23483_1-100x10023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26040_1-100x10024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23507_1-100x10025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30018_1-100x10026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31317_1-100x10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26114_1-100x10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23486_1-100x10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29124_1-100x10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31126_1-100x10031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26129_1-100x10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28745_1-100x10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30019_1-100x10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31127_1-100x10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28746_1-100x10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26128_1-100x10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26127_1-100x10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23488_1-100x10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26119_1-100x10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23487_1-100x10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30020_1-100x10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30021_1-100x10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26126_1-100x10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23300_1-100x10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23143_1-100x10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26125_1-100x10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23299_1-100x10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26120_1-100x10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30022_1-100x10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30023_1-100x10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28760_1-100x10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23144_1-100x10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30014_1-100x10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28768_1-100x10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28769_1-100x10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30024_1-100x10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28753_1-100x10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31314_1-100x10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32705_1-100x10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26132_1-100x10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30015_1-100x10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31456_1-100x10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31315_1-100x10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32706_1-100x10065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28754_1-100x10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26131_1-100x10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26130_1-100x10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28755_1-100x10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28756_1-100x10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26121_1-100x10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26115_1-100x10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28757_1-100x10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31457_1-100x10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30016_1-100x10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26122_1-100x10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26123_1-100x10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23148_1-100x10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31458_1-100x10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28758_1-100x10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26116_1-100x10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30017_1-100x10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26124_1-100x10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23149_1-100x10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23151_1-100x10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26117_1-100x10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26118_1-100x10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30013_1-100x10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28512_1-100x10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26412_1-100x10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22959_1-100x10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27153_1-100x10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22001_1-100x10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21823_1-100x10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21087_1-100x10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19436_1-100x10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28412_1-100x10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28511_1-100x10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23553_1-100x10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885_1-100x100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21459_1-100x100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30401_1-100x100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21830_1-100x100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23554_1-100x100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26413_1-100x100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27252_1-100x100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27828_1-100x100107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29897_1-100x100108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28192_1-100x100109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21978_1-100x100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28489_1-100x100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21820_1-100x100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29108_1-100x100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886_1-100x100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28193_1-100x100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30402_1-100x100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26414_1-100x100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31680_1-100x100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26785_1-100x100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22713_1-100x100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28413_1-100x100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21593_1-100x100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679_1-100x100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28194_1-100x100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29115_1-100x100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31454_1-100x100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21769_1-100x100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24355_1-100x100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32494_1-100x100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26676_1-100x100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28766_1-100x100131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31455_1-100x100132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25025_1-100x100133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26828_1-100x100134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17494_1-100x100135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16064_1-100x100136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27611_1-100x100137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15907_1-100x100138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16072_1-100x100139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16500_1-100x100140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24938_1-100x100141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28411_1-100x100142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27607_1-100x100143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16071_1-100x100144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23583_1-100x100145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32509_1-100x100146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16751_1-100x100147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26083_1-100x100148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30082_1-100x100149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28972_1-100x100150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27606_1-100x100151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26106_1-100x100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31310_1-100x100153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26107_1-100x100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26108_1-100x100155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29182_1-100x100156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26109_1-100x100157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32703_1-100x100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29184_1-100x100159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27289_1-100x100160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27858_1-100x100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441_1-100x100162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28965_1-100x100163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16069_1-100x100164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29185_1-100x100165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26087_1-100x100166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28966_1-100x100167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26104_1-100x100168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26086_1-100x100169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26085_1-100x100170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26084_1-100x100171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30226_1-100x100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17646_1-100x100173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29180_1-100x100174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30216_1-100x100175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31548_1-100x100176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28971_1-100x100177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18262_1-100x100178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31547_1-100x100179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30079_1-100x100180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30080_1-100x100181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26093_1-100x100182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26088_1-100x100183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26103_1-100x100184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26102_1-100x100185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26101_1-100x100186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26100_1-100x100187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30225_1-100x100188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26094_1-100x100189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29181_1-100x100190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27813_1-100x100191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25117_1-100x100192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32817_1-100x100193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23161_1-100x100194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26074_1-100x100195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080_1-100x100196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30083_1-100x100197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26079_1-100x100198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30032_1-100x100199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30033_1-100x100200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10243_1-100x100201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26095_1-100x100202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29183_1-100x100203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26105_1-100x100204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31546_1-100x100205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28743_1-100x100206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26082_1-100x100207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29178_1-100x100208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30034_1-100x100209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29177_1-100x100210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26081_1-100x100211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31550_1-100x100212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30035_1-100x100213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28742_1-100x100214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18258_1-100x100215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14882_1-100x100216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31549_1-100x100217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26077_1-100x100218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26078_1-100x100219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26096_1-100x100220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27291_1-100x100221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25289_1-100x100222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28744_1-100x100223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31311_1-100x100224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31312_1-100x100225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30081_1-100x100226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26099_1-100x100227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20891_1-100x100228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27293_1-100x100229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29179_1-100x100230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30030_1-100x100231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30031_1-100x100232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27292_1-100x100233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30078_1-100x100234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26075_1-100x100235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29175_1-100x100236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26097_1-100x100237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29176_1-100x100238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26098_1-100x100239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30028_1-100x100240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30029_1-100x100241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26076_1-100x100242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29174_1-100x100243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23164_1-100x100244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29171_1-100x100245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30027_1-100x100246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27290_1-100x100247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29172_1-100x100248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31313_1-100x100249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29173_1-100x100250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27288_1-100x100251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30025_1-100x100252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30026_1-100x100253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32704_1-100x100254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23166_1-100x100255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29170_1-100x100256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26432_1-100x100257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23179_1-100x100258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27600_1-100x100259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28378_1-100x100260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27601_1-100x100261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22880_1-100x100262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28379_1-100x100263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31041_1-100x100264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31046_1-100x100265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30608_1-100x100266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31044_1-100x100267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29706_1-100x100268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30610_1-100x100269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31048_1-100x100270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30612_1-100x100271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30614_1-100x100272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28514_1-100x100273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31049_1-100x100274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30609_1-100x100275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31056_1-100x100276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31052_1-100x100277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31054_1-100x100278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28390_1-100x100279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30611_1-100x100280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31057_1-100x100281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31059_1-100x100282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28397_1-100x100283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30613_1-100x100284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30616_1-100x100285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28392_1-100x100286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28395_1-100x100287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28393_1-100x100288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28396_1-100x100289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30617_1-100x100290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28394_1-100x100291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31061_1-100x100292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31058_1-100x100293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29707_1-100x100294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31055_1-100x100295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30615_1-100x100296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28191_1-100x100297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30431_1-100x100298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30620_1-100x100299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30432_1-100x100300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31063_1-100x100301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31062_1-100x100302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31064_1-100x100303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28398_1-100x100304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30619_1-100x100305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30618_1-100x100306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30590_1-100x100307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28399_1-100x100308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_1-100x100309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16095_1-100x100310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29980_1-100x100311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23958_1-100x100312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16094_1-100x100313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16093_1-100x100314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7355_1-100x100315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16092_1-100x100316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23959_1-100x100317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16091_1-100x100318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27310_1-100x100319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16090_1-100x100320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31844_1-100x100321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30040_1-100x100322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31555_1-100x100323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31554_1-100x100324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28770_1-100x100325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16089_1-100x100326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29190_1-100x100327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29981_1-100x100328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28684_1-100x100329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29982_1-100x100330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31560_1-100x100331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31559_1-100x100332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28955_1-100x100333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29191_1-100x100334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20229_1-100x100335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26153_1-100x100336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21465_1-100x100337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28956_1-100x100338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30041_1-100x100339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32205_1-100x100340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29193_1-100x100341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29192_1-100x100342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16087_1-100x100343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27306_1-100x100344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28771_1-100x100345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26156_1-100x100346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30039_1-100x100347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27304_1-100x100348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_1-100x100349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27305_1-100x100350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26154_1-100x100351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16084_1-100x100352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30036_1-100x100353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32204_1-100x100354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30037_1-100x100355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30215_1-100x100356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29195_1-100x100357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23146_1-100x100358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28503_1-100x100359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26282_1-100x100360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_1-100x100361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30377_1-100x100362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32147_1-100x100363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26433_1-100x100364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29699_1-100x100365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378_1-100x100366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33903_1-100x100367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33904_1-100x100368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32148_1-100x100369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23293_1-100x100370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29983_1-100x100371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33523_1-100x100372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28404_1-100x100373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33545_1-100x100374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23294_1-100x100375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31373_1-100x100376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29984_1-100x100377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30782_1-100x100378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33522_1-100x100379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31374_1-100x100380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20196_1-100x100381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31375_1-100x100382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32249_1-100x100383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33868_1-100x100384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24129_1-100x100385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29986_1-100x100386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29985_1-100x100387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32519_1-100x100388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32135_1-100x100389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33865_1-100x100390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31650_1-100x100391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24952_1-100x100392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22106_1-100x100393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31649_1-100x100394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24979_1-100x100395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31648_1-100x100396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33626_1-100x100397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30210_1-100x100398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22107_1-100x100399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23098_1-100x100400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19715_1-100x100401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21776_1-100x100402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33742_1-100x100403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28563_1-100x100404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29109_1-100x100405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_1-100x100406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29295_1-100x100407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28564_1-100x100408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21775_1-100x100409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33851_1-100x100410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33743_1-100x100411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28635_1-100x100412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29294_1-100x100413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28634_1-100x100414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32074_1-100x100415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31647_1-100x100416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33307_1-100x100417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31500_1-100x100418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21960_1-100x100419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31501_1-100x100420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32086_1-100x100421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28187_1-100x100422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32087_1-100x100423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30589_1-100x100424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28566_1-100x100425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33848_1-100x100426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28565_1-100x100427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28567_1-100x100428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28510_1-100x100429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32085_1-100x100430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28568_1-100x100431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28509_1-100x100432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33850_1-100x100433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30956_1-100x100434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30971_1-100x100435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32084_1-100x100436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30886_1-100x100437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30887_1-100x100438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30888_1-100x100439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21783_1-100x100440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30889_1-100x100441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30969_1-100x100442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28007_1-100x100443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28569_1-100x100444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27969_1-100x100445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28008_2-100x100446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32079_1-100x100447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27968_1-100x100448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27853_1-100x100449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28570_1-100x100450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27967_1-100x100451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33306_1-100x100452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27806_1-100x100453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28572_1-100x100454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29662_1-100x100455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19723_1-100x100456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28571_1-100x100457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33305_1-100x100458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27317_1-100x100459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29659_1-100x100460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27609_1-100x100461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21958_1-100x100462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31443_1-100x100463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33304_1-100x100464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29714_1-100x100465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29715_1-100x100466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27318_1-100x100467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29716_1-100x100468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32510_1-100x100469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33303_1-100x100470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29717_1-100x100471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31646_1-100x100472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30403_1-100x100473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31446_1-100x100474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22323_1-100x100475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30209_1-100x100476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32558_1-100x100477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31445_1-100x100478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29660_1-100x100479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29718_1-100x100480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29719_1-100x100481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31906_1-100x100482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31909_1-100x100483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31907_1-100x100484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31444_1-100x100485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31910_1-100x100486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32083_1-100x100487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29720_1-100x100488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31448_1-100x100489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31911_1-100x100490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29721_1-100x100491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29713_1-100x100492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30968_1-100x100493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27610_1-100x100494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27805_1-100x100495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26314_1-100x100496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33420_1-100x100497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26554_1-100x100498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26553_1-100x100499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28631_1-100x100500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31449_1-100x100501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28164_1-100x100502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27804_1-100x100503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28185_1-100x100504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29296_1-100x100505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25288_1-100x100506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26071_1-100x100507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24218_1-100x100508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_1-100x100509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31002_1-100x100510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30422_1-100x100511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30067_1-100x100512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28162_1-100x100513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30055_1-100x100514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30955_1-100x100515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30054_1-100x100516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31000_1-100x100517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30064_1-100x100518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30412_1-100x100519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31001_1-100x100520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29588_1-100x100521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26732_1-100x100522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29589_1-100x100523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30413_1-100x100524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29665_1-100x100525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28161_1-100x100526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28181_1-100x100527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26731_1-100x100528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28179_1-100x100529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29587_1-100x100530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29712_1-100x100531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26730_1-100x100532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28159_1-100x100533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28158_1-100x100534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835_1-100x100535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28180_1-100x100536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28160_1-100x100537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_1-100x100538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28172_1-100x100539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29664_1-100x100540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30999_1-100x100541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30409_1-100x100542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28157_1-100x100543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28177_1-100x100544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28173_1-100x100545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30424_1-100x100546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26729_1-100x100547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29831_1-100x100548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28170_1-100x100549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29308_1-100x100550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27362_1-100x100551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30065_1-100x100552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27361_1-100x100553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28169_1-100x100554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26840_1-100x100555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28168_1-100x100556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27360_1-100x100557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29590_1-100x100558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728_1-100x100559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32302_1-100x100560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30063_1-100x100561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27881_1-100x100562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29829_1-100x100563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30425_1-100x100564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26839_1-100x100565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28167_1-100x100566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29663_1-100x100567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28166_1-100x100568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26838_1-100x100569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32091_1-100x100570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28330_1-100x100571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29828_1-100x100572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28165_1-100x100573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30405_1-100x100574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30426_1-100x100575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30410_1-100x100576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31459_1-100x100577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30427_1-100x100578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30408_1-100x100579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30411_1-100x100580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30195_1-100x100581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30201_1-100x100582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17685_1-100x100583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17672_1-100x100584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23675_1-100x100585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17689_1-100x100586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17675_1-100x100587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30092_1-100x100588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32145_1-100x100589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17688_1-100x100590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17674_1-100x100591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21979_1-100x100592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23181_1-100x100593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17693_1-100x100594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32120_1-100x100595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28469_1-100x100596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20182_1-100x100597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32818_1-100x100598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25194_1-100x100599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22008_1-100x100600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31726_1-100x100601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23826_1-100x100602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22881_1-100x100603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30130_1-100x100604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31678_1-100x100605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26036_1-100x100606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30203_1-100x100607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31212_1-100x100608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Frame_232-100x100609.png"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24932_1-100x100610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30202_1-100x100611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31727_1-100x100612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24931_1-100x100613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29883_1-100x100614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12387_1-100x100615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29843_1-100x100616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26134_1-100x100617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2392_1-100x100618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19832_1-100x100619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2407_1-100x100620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8401_1-100x100621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5568_1-100x100622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5141_1-100x100623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6102_1-100x100624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5137_1-100x100625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8849_1-100x100626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2384_1-100x100627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19833_1-100x100628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2383_1-100x100629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8851_1-100x100630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5143_1-100x100631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5142_1-100x100632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6101_1-100x100633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8403_1-100x100634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24862_1-100x100635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21086_1-100x100636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_1-100x100637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1995_1-100x100638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2408_1-100x100639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406_1-100x100640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9627_1-100x100641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8402_1-100x100642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5569_1-100x100643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6100_1-100x100644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2228_1-100x100645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2229_1-100x100646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9629_1-100x100647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9628_1-100x100648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27783_1-100x100649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4129_1-100x100650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503_1-100x100651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9598_1-100x100652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30913_1-100x100653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30909_1-100x100654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30912_1-100x100655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30910_1-100x100656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30911_1-100x100657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2502_1-100x100658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30915_1-100x100659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30914_1-100x100660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_1-100x100661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27792_1-100x100662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9599_1-100x100663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904_1-100x100664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551_1-100x100665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30917_1-100x100666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30916_1-100x100667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30918_1-100x100668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345_1-100x100669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11065_1-100x100670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24860_1-100x100671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14172_1-100x100672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341_1-100x100673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1999_1-100x100674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2000_1-100x100675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30919_1-100x100676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1998_1-100x100677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27798_1-100x100678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7024_1-100x100679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20784_1-100x100680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025_1-100x100681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7023_1-100x100682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24166_1-100x100683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24165_1-100x100684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27202_1-100x100685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25500_1-100x100686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25501_1-100x100687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10458_1-100x100688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_1-100x100689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25502_1-100x100690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25497_1-100x100691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25498_1-100x100692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25499_1-100x100693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22419_1-100x100694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22420_1-100x100695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251_1-100x100696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8602_1-100x100697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535_1-100x100698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16284_1-100x100699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25495_1-100x100700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534_1-100x100701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22426_1-100x100702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29142_1-100x100703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603_1-100x100704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137_1-100x100705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25496_1-100x100706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589_1-100x100707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7874_1-100x100708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403_1-100x100709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7875_1-100x100710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19469_1-100x100711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525_1-100x100712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9590_1-100x100713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876_1-100x100714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26585_1-100x100715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19471_1-100x100716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877_1-100x100717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29143_1-100x100718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_1-100x100719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7177_1-100x100720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27316_1-100x100721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21296_1-100x100722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25401_1-100x100723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23253_1-100x100724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30897_1-100x100725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20639_1-100x100726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21297_1-100x100727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25402_1-100x100728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27871_1-100x100729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18994_1-100x100730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24126_1-100x100731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24125_1-100x100732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23252_1-100x100733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32060_1-100x100734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30896_1-100x100735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25403_1-100x100736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21298_1-100x100737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27870_1-100x100738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27325_1-100x100739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24127_1-100x100740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23899_1-100x100741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23258_1-100x100742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32061_1-100x100743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21299_1-100x100744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25404_1-100x100745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26545_1-100x100746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26546_1-100x100747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22316_1-100x100748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23255_1-100x100749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23889_1-100x100750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32059_1-100x100751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32063_1-100x100752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20641_1-100x100753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20642_1-100x100754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20643_1-100x100755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20640_1-100x100756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32065_1-100x100757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30895_1-100x100758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27869_1-100x100759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26544_1-100x100760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26689_1-100x100761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24379_1-100x100762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32047_1-100x100763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31713_1-100x100764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23761_1-100x100765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32048_1-100x100766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23250_1-100x100767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326_1-100x100768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20638_1-100x100769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19794_1-100x100770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23886_1-100x100771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1613_1-100x100772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12474_1-100x100773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10279_1-100x100774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24861_1-100x100775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953_1-100x100776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19835_1-100x100777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8852_1-100x100778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2431_1-100x100779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31136_1-100x100780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7617_1-100x100781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26133_1-100x100782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24857_1-100x100783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30839_1-100x100784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2411_1-100x100785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30941_1-100x100786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9588_1-100x100787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13334_1-100x100788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8020_1-100x100789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2501_1-100x100790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3340_1-100x100791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30945_1-100x100792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30943_1-100x100793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30944_1-100x100794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30947_1-100x100795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30951_1-100x100796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30942_1-100x100797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22276_1-100x100798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9587_1-100x100799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30948_1-100x100800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9591_1-100x100801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30949_1-100x100802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30950_1-100x100803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30946_1-100x100804.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1571625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1905000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -27930,51 +27930,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_166" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=691" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=741" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=748" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=692" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=749" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=693" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=694" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=695" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=696" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=697" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=710" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=711" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=698" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=712" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=715" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=704" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=713" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=744" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=701" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=757" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=716" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=700" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=743" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=699" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=730" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=718" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=758" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=714" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=705" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=761" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=759" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=706" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=760" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=762" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=763" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=702" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=766" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=745" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=739" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=738" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=764" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=752" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=707" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=765" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=753" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=767" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=737" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=736" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=770" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=708" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=733" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=771" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=772" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=735" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=776" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=719" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=750" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=732" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=754" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=720" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=751" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=777" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=774" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=775" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=778" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=722" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=768" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=725" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=723" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=755" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=740" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=769" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=779" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=709" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=756" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=724" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=726" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=731" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=721" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=747" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=746" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=727" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=728" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=734" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_167" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=491" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=484" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=487" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=481" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=458" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=460" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=459" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=463" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=462" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=492" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=478" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=486" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=476" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=493" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=471" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=479" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=480" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=483" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=477" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=500" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=488" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=461" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=464" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=472" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=494" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=485" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=489" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=495" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=482" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=496" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=465" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=466" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=469" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=473" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=497" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=490" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=470" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=498" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=474" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=467" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=468" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=475" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=457" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=499" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_168" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=780" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=796" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=782" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=797" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=794" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=818" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=783" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=817" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=795" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=781" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=798" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=822" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=799" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=800" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=816" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=852" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=809" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=801" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=802" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=853" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=854" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=856" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=855" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=857" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=858" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=810" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=859" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=860" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=861" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=784" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=803" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=820" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=870" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=891" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=804" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=897" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=890" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=889" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=888" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=805" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=819" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=871" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=785" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=786" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=806" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=815" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=787" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=862" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=863" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=843" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=892" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=894" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=893" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=896" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=895" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=807" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=842" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=872" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=884" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=814" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=788" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=792" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=846" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=851" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=864" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=850" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=833" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=832" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=813" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=841" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=873" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=898" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=789" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=899" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=887" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=874" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=831" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=875" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=886" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=790" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=830" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=840" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=845" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=844" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=791" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=848" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=849" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=839" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=901" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=808" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=900" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=866" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=865" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=867" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=836" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=821" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=903" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=877" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=824" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=834" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=868" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=847" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=876" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=838" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=837" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=825" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=826" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=879" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=793" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=880" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=827" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=835" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=881" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=869" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=882" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=885" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=829" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=828" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=811" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=823" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=883" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_170" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=440" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=405" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=406" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=408" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=407" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=441" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=409" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=413" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=410" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=411" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=453" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=412" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=415" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=414" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=416" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=439" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=417" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=418" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=425" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=419" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=421" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=452" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=420" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=427" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=429" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=445" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=422" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=426" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=451" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=449" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=450" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=448" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=447" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=430" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=431" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=446" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=423" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=424" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=438" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=437" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=432" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=436" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=433" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=456" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=444" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=455" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=454" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=435" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=443" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_169" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=904" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=905" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=927" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=934" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=906" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=907" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=931" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=908" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=928" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=909" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=947" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=913" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=910" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=912" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=911" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=936" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=946" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=914" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=932" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=929" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=915" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=930" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=918" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=916" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=917" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=933" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=919" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=949" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=920" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=921" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=935" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=922" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=952" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=951" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=923" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=944" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=945" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=943" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=937" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=948" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=938" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=941" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=942" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=924" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=940" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=925" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=939" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=926" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=950" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/cpu" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1149" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=220" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=200" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=201" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=221" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=203" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=202" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=207" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=222" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1146" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1145" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=223" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=204" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=208" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=224" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=209" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1147" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=205" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=211" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=210" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=212" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=225" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=213" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=227" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=214" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=215" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1148" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=206" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=217" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=219" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1144" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=216" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=218" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1143" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/posudomoechnye-mashiny" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=310" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=312" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=392" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=311" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=314" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=313" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1165" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=315" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=374" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=373" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=316" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=375" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1166" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=317" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=379" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=378" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=319" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=318" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=376" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1167" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1168" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=380" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=320" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=377" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=381" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=382" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1155" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=321" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=344" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=322" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=350" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=346" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=349" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=345" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=324" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1160" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=323" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=325" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=384" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=348" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=326" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=383" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1161" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=386" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=351" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=347" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=328" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=327" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=330" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=352" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=329" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=385" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=332" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=334" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=388" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=331" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=389" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=390" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=335" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=333" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=387" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1156" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=391" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=338" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1154" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1153" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=337" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1157" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=371" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=369" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=336" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1162" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=370" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1158" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=339" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=394" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=372" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=395" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=366" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1159" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=396" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=368" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=367" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=365" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=343" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=397" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=340" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=364" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=363" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=399" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=400" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=341" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=398" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=342" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=362" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=401" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=355" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=403" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=356" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=402" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=404" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=354" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=353" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=393" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=361" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1164" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1163" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=360" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=359" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=358" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=357" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/plity" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=276" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=229" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=294" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=295" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=231" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=230" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=232" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=302" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=233" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=296" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=293" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=274" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=237" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=275" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=238" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=234" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=273" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=240" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=235" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=266" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=301" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=267" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=236" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=241" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=272" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=291" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=300" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=287" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=265" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=242" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=299" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=271" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=268" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=244" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=290" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=270" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=289" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=286" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=243" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=239" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=304" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=269" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=285" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=288" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=264" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=298" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=245" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=284" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=246" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=303" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=283" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=247" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=282" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=248" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=281" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=249" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=279" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=297" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=262" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=263" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=250" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=305" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=261" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=251" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=278" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=306" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=280" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=252" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=260" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=253" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=307" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=277" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=308" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=259" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=254" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=256" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=258" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=309" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=255" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/tehnika-dlja-doma" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=664" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=663" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=667" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=681" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=668" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1150" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=683" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=665" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=670" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=669" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=682" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=684" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=685" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=673" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=686" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=672" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=675" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=674" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=676" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=687" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=666" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=678" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=677" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=680" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=679" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=690" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=661" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1151" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1179" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=688" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=662" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=671" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=689" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1152" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_172" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1025" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=987" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=988" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=997" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1003" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=994" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=993" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=992" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=990" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1000" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=989" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1030" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1024" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1012" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=998" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1023" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=991" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1033" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=996" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=995" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1009" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1018" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1016" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1007" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1029" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1022" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1036" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1002" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1001" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=999" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1008" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1019" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1034" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1035" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1039" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1010" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1011" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1015" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1044" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1055" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1045" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1056" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1046" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1017" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1053" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1054" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1032" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1050" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1005" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1004" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1031" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1041" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1042" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1043" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1037" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1013" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1014" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1038" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1006" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1027" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1028" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1040" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1047" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1051" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1026" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1052" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1049" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1048" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1020" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1021" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/klimaticheskaja-tehnika" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_173" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1113" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1121" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1122" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1127" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1126" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1123" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1118" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1119" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1120" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1115" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1114" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1108" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1124" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1109" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1134" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1117" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1110" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1140" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1135" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1125" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1136" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1116" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1128" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1129" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1111" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1130" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1137" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1112" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1131" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1132" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1141" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1138" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1133" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1142" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1139" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1107" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_174" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1076" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1084" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1105" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1099" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1080" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1065" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1085" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1104" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1066" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1057" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1061" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1067" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1100" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1090" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1081" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1086" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1103" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1068" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1077" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1062" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1069" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1097" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1089" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1106" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1102" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1095" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1094" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1079" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1098" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1070" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1091" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1088" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1064" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1074" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1073" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1072" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1087" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1082" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1075" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1096" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1071" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1063" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1093" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1083" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1060" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1092" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1101" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1078" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1058" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1059" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_171" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=985" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=983" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=981" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=953" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=956" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=982" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=962" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=955" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=959" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=960" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=961" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=954" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=964" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=967" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=963" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=970" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=957" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=958" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=965" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=968" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=969" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=974" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=973" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=971" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=972" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=975" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=976" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=980" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=986" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=978" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=966" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=977" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=979" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=984" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_166" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=691" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=741" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=748" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=692" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=749" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=693" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=694" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=695" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=696" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=697" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=710" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=711" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=698" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=712" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=715" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=704" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=713" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=744" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=701" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=757" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=716" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=700" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=743" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=699" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=730" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=718" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=758" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=703" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=714" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=705" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=761" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=759" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=706" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=760" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=762" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=763" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=702" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=766" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=745" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=739" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=738" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=764" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=752" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=707" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=765" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=753" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=767" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=737" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=736" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=770" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=708" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=733" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=771" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=772" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=735" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=776" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=719" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=750" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=732" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=754" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=720" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=751" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=777" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=774" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=775" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=778" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=722" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=768" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=725" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=723" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=755" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=740" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=769" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=779" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=709" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=756" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=724" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=726" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=731" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=721" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=747" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=746" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=727" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=728" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_166&amp;product_id=734" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_167" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=491" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=484" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=487" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=481" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=458" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=460" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=459" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=463" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=462" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=492" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=478" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=486" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=476" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=493" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=471" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=479" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=483" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=480" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=477" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=500" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=488" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=461" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=464" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=472" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=494" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=485" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=489" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=495" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=482" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=496" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=465" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=466" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=469" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=473" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=497" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=490" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=470" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=498" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=474" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=467" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=468" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=475" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=457" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_167&amp;product_id=499" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_168" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=780" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=796" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=782" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=797" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=794" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=818" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=783" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=817" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=795" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=781" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=798" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=822" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=799" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=800" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=816" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=852" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=809" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=801" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=802" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=853" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=854" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=856" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=855" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=857" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=858" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=810" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=859" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=860" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=861" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=784" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=803" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=820" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=870" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=891" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=804" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=897" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=890" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=889" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=888" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=805" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=819" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=871" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=785" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=786" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=806" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=815" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=787" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=863" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=862" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=843" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=892" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=896" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=895" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=894" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=893" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=807" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=842" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=872" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=884" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=814" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=788" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=792" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=846" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=851" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=864" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=850" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=833" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=832" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=813" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=841" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=873" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=898" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=789" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=899" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=887" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=874" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=831" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=875" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=886" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=790" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=830" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=840" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=845" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=844" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=791" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=848" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=849" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=839" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=901" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=808" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=900" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=866" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=865" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=867" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=836" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=821" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=903" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=877" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=824" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=834" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=902" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=868" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=847" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=876" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=838" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=878" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=837" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=826" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=825" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=812" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=879" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=793" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=880" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=827" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=835" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=881" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=869" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=882" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=885" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=829" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=828" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=811" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=823" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_168&amp;product_id=883" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_170" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=440" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=405" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=406" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=408" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=407" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=441" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=409" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=413" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=410" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=411" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=453" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=412" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=415" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=414" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=416" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=439" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=417" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=418" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=425" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=419" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=421" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=452" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=420" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=427" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=429" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=445" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=422" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=426" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=451" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=449" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=450" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=448" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=447" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=430" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=431" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=446" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=423" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=424" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=438" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=437" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=432" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=436" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=433" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=456" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=444" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=455" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=454" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=435" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_170&amp;product_id=443" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_147_169" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=904" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=905" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=927" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=934" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=906" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=907" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=931" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=908" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=928" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=909" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=947" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=913" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=910" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=936" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=912" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=911" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=946" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=914" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=932" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=929" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=915" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=930" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=918" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=916" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=917" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=933" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=919" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=949" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=920" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=921" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=935" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=922" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=952" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=951" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=923" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=945" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=944" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=943" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=937" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=948" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=938" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=941" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=942" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=924" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=940" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=925" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=939" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=926" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_169&amp;product_id=950" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/cpu" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1149" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=220" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=200" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=201" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=221" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=203" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=202" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=207" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=222" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1146" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1145" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=223" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=204" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=208" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=224" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=209" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1147" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=205" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=211" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=210" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=212" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=225" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=213" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=227" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=214" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=215" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1148" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=206" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=217" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=219" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1144" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=216" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=218" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_148&amp;product_id=1143" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/posudomoechnye-mashiny" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=310" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=312" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=392" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=311" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=314" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=313" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1165" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=315" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=374" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=373" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=316" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=375" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1166" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=317" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=379" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=378" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=319" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=318" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=376" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1167" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1168" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=380" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=320" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=377" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=381" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=382" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1155" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=321" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=344" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=322" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=350" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=346" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=349" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=345" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=324" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1160" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=323" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=325" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=384" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=348" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=326" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=383" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1161" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=386" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=351" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=347" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=328" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=327" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=330" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=352" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=329" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=385" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=332" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=334" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=388" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=331" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=389" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=390" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=335" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=333" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=387" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1156" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=391" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=338" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1154" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1153" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=337" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1157" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=371" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=369" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=336" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1162" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=370" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1158" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=339" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=394" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=372" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=395" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=366" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1159" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=396" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=368" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=367" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=365" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=343" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=397" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=340" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=364" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=363" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=399" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=400" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=341" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=398" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=342" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=362" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=401" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=355" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=403" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=356" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=402" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=404" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=354" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=353" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=393" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=361" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1164" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=1163" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=360" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=359" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=358" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_152&amp;product_id=357" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/krupnaja-tehnika-dlja-kuhni/plity" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=276" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=229" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=294" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=295" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=231" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=230" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=232" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=302" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=233" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=296" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=293" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=274" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=237" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=275" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=238" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=234" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=273" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=240" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=235" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=266" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=301" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=267" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=236" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=241" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=272" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=291" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=300" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=287" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=265" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=242" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=299" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=271" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=268" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=244" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=290" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=270" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=289" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=286" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=243" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=239" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=304" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=269" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=285" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=288" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=264" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=298" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=245" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=284" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=246" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=303" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=283" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=247" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=282" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=248" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=281" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=249" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=279" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=297" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=262" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=263" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=250" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=305" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=261" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=251" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=278" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=306" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=280" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=252" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=260" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=253" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=307" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=277" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=308" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=259" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=254" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=256" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=258" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=309" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_147_153&amp;product_id=255" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/tehnika-dlja-doma" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=664" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=663" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=667" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=681" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=668" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1150" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=683" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=665" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=670" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=669" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=682" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=684" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=685" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=673" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=686" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=672" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=675" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=674" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=676" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=687" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=666" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=678" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=677" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=680" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=679" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=690" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=661" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1151" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1179" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=688" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=662" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=671" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=689" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_154&amp;product_id=1152" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_172" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1025" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=987" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=988" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=997" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1003" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=994" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=993" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=992" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=990" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1000" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=989" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1024" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1030" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1012" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=998" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1023" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=991" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1033" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=996" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=995" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1009" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1016" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1018" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1007" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1022" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1029" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1036" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1002" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1001" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=999" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1008" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1019" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1034" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1035" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1039" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1010" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1011" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1015" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1044" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1055" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1045" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1056" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1046" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1017" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1053" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1054" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1032" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1050" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1005" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1004" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1031" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1042" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1043" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1041" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1037" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1013" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1014" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1038" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1006" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1027" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1028" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1040" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1047" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1051" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1026" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1052" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1049" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1048" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1020" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_172&amp;product_id=1021" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/bytovaja-tehnika/klimaticheskaja-tehnika" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_173" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1113" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1121" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1122" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1127" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1126" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1123" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1118" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1119" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1120" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1115" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1114" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1108" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1124" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1109" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1134" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1117" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1110" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1140" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1135" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1125" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1136" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1116" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1128" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1129" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1111" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1130" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1137" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1112" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1131" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1132" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1141" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1138" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1133" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1142" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1139" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_173&amp;product_id=1107" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_174" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1076" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1084" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1105" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1099" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1080" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1065" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1085" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1104" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1066" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1057" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1061" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1067" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1100" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1090" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1081" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1103" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1086" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1068" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1077" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1062" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1069" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1097" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1089" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1106" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1102" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1095" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1094" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1079" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1098" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1070" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1091" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1088" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1074" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1073" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1072" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1064" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1087" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1082" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1075" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1096" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1071" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1063" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1093" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1083" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1060" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1092" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1101" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1078" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1058" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_174&amp;product_id=1059" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/category&amp;path=146_171" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=985" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=981" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=983" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=953" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=956" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=982" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=962" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=955" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=959" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=960" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=961" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=954" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=964" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=967" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=963" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=970" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=957" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=958" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=965" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=968" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=969" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=971" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=974" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=973" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=972" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=975" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=976" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=980" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=986" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=978" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=966" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=977" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=979" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esmart.kz/index.php?route=product/product&amp;path=146_171&amp;product_id=984" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C828"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C794" sqref="C794"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="75" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1"/>